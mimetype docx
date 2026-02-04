--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -1,13957 +1,25114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4F1C4118" w14:textId="1C13AF96" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="009D6C0A">
+    <w:p w14:paraId="2DF99E56" w14:textId="20079573" w:rsidR="00936A9E" w:rsidRPr="002E3838" w:rsidRDefault="00936A9E" w:rsidP="009D6C0A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SPEC WRITERS NOTE: This specification includes materials and installation procedures for </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00F37D70" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>PanelShield</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">PanelShield™ SA, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37D70" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Self-Adhered Water-Resistive Vapor Permeable Air Barrier Sheet </w:t>
+      </w:r>
+      <w:r w:rsidR="009B24FA" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membrane meeting ASTM E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2357 for air barrier assemblies. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37D70" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>™</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">PanelShield™ SA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sheet membrane is used behind </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6350D" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rainscreen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wall cladding assemblies such as </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12CBF" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ventilated </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6350D" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rainscreen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cladding systems incorporating composite and metal materials, masonry and stone veneers, stucco</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2C13" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00013F45" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mechanically attached </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EIFS</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44BFE" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With a vapor permeance rating of </w:t>
+      </w:r>
+      <w:r w:rsidR="003231EA" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">greater than </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37D70" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37D70" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">perms </w:t>
+      </w:r>
+      <w:r w:rsidR="00F37D70" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>SA</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>PanelShield™ SA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006737C3" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Self-Adhered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Self-Adhered</w:t>
-[...455 lines deleted...]
-        </w:rPr>
         <w:t>Water-Resistive Vapor Permeable Air Barrier Sheet</w:t>
       </w:r>
-      <w:r w:rsidRPr="00074EE0">
-[...29 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00130BB5" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">membrane </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prevents air leakage and allows the wall assembly to ‘dry-out’ as necessary to meet the conditions of seasonal changes for each climate zone. This guide specification should be adapted to suit the requirements of individual projects.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54BC0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It is prepared in CSI Master Format and should be included as a separate section under Division 7 - Thermal and Moisture Protection.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB97FDB" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DD0B52">
+    <w:p w14:paraId="5C3C0CAD" w14:textId="77777777" w:rsidR="003A1B0E" w:rsidRPr="002E3838" w:rsidRDefault="003A1B0E" w:rsidP="00DD0B52">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218872054"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SECTION 07 27 27.01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BF34F9" w14:textId="77777777" w:rsidR="003A1B0E" w:rsidRPr="002E3838" w:rsidRDefault="003A1B0E" w:rsidP="003A1B0E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SELF-ADHERING WATER-RESISTIVE AIR BARRIER MEMBRANE</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="705FEC0D" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="002E3838" w:rsidRDefault="00936A9E" w:rsidP="00DD0B52">
       <w:pPr>
         <w:pStyle w:val="PRT"/>
         <w:spacing w:before="240"/>
         <w:ind w:right="864"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00074EE0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036AE2A2" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00A919E8">
+    <w:p w14:paraId="2AEFA662" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="002E3838" w:rsidRDefault="00936A9E" w:rsidP="00A919E8">
       <w:pPr>
         <w:spacing w:line="19" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A2FBBA3" w14:textId="77777777" w:rsidR="00B76AA7" w:rsidRPr="00074EE0" w:rsidRDefault="00B76AA7" w:rsidP="00B76AA7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="1A222572" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GENERAL REQUIREMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0349DA" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All of the Contract Documents, including General and Supplementary Conditions and Division 1 General Requirements, apply to the work of this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3834F5F4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="B._Examine_all_Drawings_and_all_Sections"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Examine all Drawings and all Sections of the Specifications for requirements and provisions affecting the work of this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CC6F99" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="1.2_DESCRIPTION_OF_WORK"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DESCRIPTION OF</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WORK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E2383E" w14:textId="403874E4" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1083" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="A._The_work_of_this_Section_includes_fur"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The work of this Section includes furnishing and installation of </w:t>
+      </w:r>
+      <w:r w:rsidR="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully self-adhered water-resistive vapor-permeable air barrier membrane at exterior wall assemblies, at locations indicated on Drawings and elsewhere as noted and as required by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>code.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C947F70" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1083" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="568B045F" wp14:editId="2E339092">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1804670</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>146685</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="146050"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2057003783" name="Line 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:cxnSpLocks noChangeShapeType="1"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="146050"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="line">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="64008">
+                          <a:solidFill>
+                            <a:srgbClr val="F5F5F5"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:noFill/>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:line w14:anchorId="010275D1" id="Line 11" o:spid="_x0000_s1026" style="position:absolute;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="142.1pt,11.55pt" to="142.1pt,23.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdlf3jsQEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KDxAgEyzk4dS9p&#10;ayDpB6xJyiJKcYld2pL/viT9aNDeikIAwX0NZ2dXy6dpcOJoiC36Vs5ntRTGK9TW71v5423z6VEK&#10;juA1OPSmlSfD8mn18cNyDI25wx6dNiQSiOdmDK3sYwxNVbHqzQA8w2B8CnZIA8Rk0r7SBGNCH1x1&#10;V9eLakTSgVAZ5uR9PgflquB3nVHxe9exicK1MnGL5aRy7vJZrZbQ7AlCb9WFBvwDiwGsT4/eoJ4h&#10;gjiQ/QtqsIqQsYszhUOFXWeVKT2kbub1H9289hBM6SWJw+EmE/8/WPXtuPZbytTV5F/DC6qfLDyu&#10;e/B7Uwi8nUIa3DxLVY2Bm1tJNjhsSezGr6hTDhwiFhWmjoYMmfoTUxH7dBPbTFGos1Ml7/x+UT+U&#10;OVTQXOsCcfxicBD50kpnfZYBGji+cMw8oLmmZLfHjXWujNJ5MbZycV/Xj6WC0VmdozmPab9bOxJH&#10;SNuwechf6SpF3qcRHrwuaL0B/flyj2Dd+Z5ed/4iRu4/Lxs3O9SnLV1FSuMqNC+rlffhvV2qf/8A&#10;q18AAAD//wMAUEsDBBQABgAIAAAAIQDOL0mN3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI89&#10;T8MwEIZ3JP6DdUgsqHUSqlCFOBVfHeiCaDuQzU2OOCI+R7Gbhn/PVQyw3cej957LV5PtxIiDbx0p&#10;iOcRCKTK1S01Cva79WwJwgdNte4coYJv9LAqLi9yndXuRO84bkMjOIR8phWYEPpMSl8ZtNrPXY/E&#10;u083WB24HRpZD/rE4baTSRSl0uqW+ILRPT4ZrL62R6vg5vmufA17+fFmN4/p+LIp19KUSl1fTQ/3&#10;IAJO4Q+Gsz6rQ8FOB3ek2otOQbJcJIxycRuDYOB3cFCwSGOQRS7/f1D8AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJ2V/eOxAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAM4vSY3fAAAACQEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;" strokecolor="#f5f5f5" strokeweight="5.04pt">
+                <w10:wrap anchorx="page"/>
+              </v:line>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="B._The_work_of_this_Section_also_include"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>also</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>furnishing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installing flashing membranes to bridge gaps, for transition areas around windows, curtain walls, louvers, roof-to-wall interfaces, and elsewhere as indicated or required by code, to provide a continuous air barrier assembly.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="1._Connection_of_the_walls_to_the_roof_m"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Locations include, but are not limited to, the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E9A829" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>GENERAL REQUIREMENTS</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:line="229" w:lineRule="exact"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Connection of the walls to the roof</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296F9771" w14:textId="77777777" w:rsidR="007565A2" w:rsidRPr="00074EE0" w:rsidRDefault="007565A2" w:rsidP="00DF2C88">
-[...37 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="29E4D06A" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>DESCRIPTION OF WORK</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="2._Connections_of_the_walls_to_the_found"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Connections of the walls to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>foundations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14452759" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="005A40DB" w:rsidP="003653B1">
-[...357 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="4A1C29BB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>RELATED WORK SPECIFIED ELSEWHERE</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="3._Seismic_and_expansion_joints"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Seismic and expansion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>joints</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F738CBE" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="001C4494" w:rsidP="003653B1">
-[...304 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="3579BFC1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>REFERENCE STANDARDS</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="4._Openings_and_penetrations_of_window_a"/>
+      <w:bookmarkStart w:id="9" w:name="5._Piping,_conduit,_duct,_and_similar_pe"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Openings and penetrations of window and door frames, storefront, and curtain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wall</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F12291C" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="000667AF" w:rsidP="003653B1">
-[...421 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="1ABE1A45" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Piping, conduit, duct, and similar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>penetrations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0283AA" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:line="229" w:lineRule="exact"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="6._Masonry_ties,_screws,_bolts,_and_simi"/>
+      <w:bookmarkStart w:id="11" w:name="7._All_other_air_leakage_pathways_in_the"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Masonry ties, screws, bolts, and similar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>penetrations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D81C5E2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1658"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All other air leakage pathways in the building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>envelope</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="169140A0" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1112"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1109" w:hanging="634"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide the material and work of this Section required to complete mock-up panel(s). Refer to exterior elevations for the extent of mock-up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>panels.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D690594" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="1.3_RELATED_WORK_SPECIFIED_ELSEWHERE"/>
+      <w:bookmarkStart w:id="13" w:name="A._Carefully_examine_all_of_the_Contract"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RELATED WORK SPECIFIED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ELSEWHERE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2107D53C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Carefully examine all of the Contract Documents for requirements that affect the work of this</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="B._Other_specifications_sections_which_d"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448C29CD" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1083"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Other specifications sections which directly relate to the work of this section include, but are not limited to, the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502C707E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1670" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="1._Section_042000_-_Unit_Masonry:_Masonr"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>042000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Unit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Masonry:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Masonry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>non-load-bearing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>walls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>partitions, veneer, and cavity unit masonry construction, including related</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accessories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E47581" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1656"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="2._Section_061600_-_Sheathing"/>
+      <w:bookmarkStart w:id="17" w:name="3._Section_072100_-_Building_Insulation_"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 061600 - Sheathing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7CA6A2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 072100 - Building Insulation and Vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Barriers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F118DB7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1658"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="4._Section_074263_-_Composite_Metal_Pane"/>
+      <w:bookmarkStart w:id="19" w:name="5._Section_075300_-_Thermoplastic_Membra"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 074263 - Composite Metal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Panels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F765882" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 075300 - Thermoplastic Membrane Roofing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2E4173" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="6._Section_078100_-_Spray_Applied_and_Bo"/>
+      <w:bookmarkStart w:id="21" w:name="7._Section_078400_-_Firestopping"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 078100 - Spray Applied and Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fireproofing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B91CAE6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="8._Section_079200_-_Joint_Sealants"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 078400 -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Firestopping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73217F2A" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="9._Section_082630_-_Aluminum-Clad_Slidin"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 079200 - Joint</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sealants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67187580" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1657"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 082630 - Aluminum-Clad Sliding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Doors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3060AA75" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1657" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="10._Section_084100_-_Aluminum_Entrances_"/>
+      <w:bookmarkStart w:id="25" w:name="11._Section_089116_-_Louvers_and_Grilles"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 084100 - Aluminum Entrances and Storefront</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>System.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0778271E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1657" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 089116 - Louvers and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grilles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278170DB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1657" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="12._Section_092116_-_Gypsum_Board_Assemb"/>
+      <w:bookmarkStart w:id="27" w:name="1.4_REFERENCE_STANDARDS"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section 092116 - Gypsum Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Assemblies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD35BEC" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="865"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="A._The_American_Association_of_Textile_C"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>REFERENCE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>STANDARDS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667A48D2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1081"/>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The American Association of Textile Chemists and Colorists (AATCC) - Test Method for Water Resistance: Hydrostatic Pressure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C488331" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1081"/>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="B._American_Society_of_Civil_Engineers:_"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>American Society of Civil Engineers: ASCE 7 - Minimum Design Loads for Buildings and Other Structures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DDE604" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1081"/>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="C._ASTM_International_(ASTM):"/>
+      <w:bookmarkStart w:id="31" w:name="1._ASTM_C920_-_Standard_Specification_fo"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ASTM):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCDDAA1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1657" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="2._ASTM_D5034_-_Test_Method_for_Breaking"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM C920 - Standard Specification for Elastomeric Joint</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sealants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27492EA7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1671" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D5034</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Breaking</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strength</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Elongation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Textile</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fabrics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Grab Test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8F802E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1657" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="3._ASTM_E84_-_Test_Method_for_Surface_Bu"/>
+      <w:bookmarkStart w:id="34" w:name="4._ASTM_E96_-_Test_Methods_for_Water_Vap"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM E84 - Test Method for Surface Burning Characteristics of Building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45353170" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1656"/>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1657" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="5._ASTM_E283_-_Standard_Test_Method_for_"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM E96 - Test Methods for Water Vapor Transmission of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B66F87" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1671" w:hanging="548"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E283</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Determining</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Leakage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exterior Windows, Curtain Walls, and Doors Under Specified Pressure Differences Across the</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="6._ASTM_E330_-_Standard_Test_Method_for_"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Specimen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E15FB8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1671" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM E330 - Standard Test Method for Structural Performance of Exterior Windows,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="7._ASTM_E398_-_Standard_Test_Method_for_"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Curtain Walls, and Doors </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>By</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Uniform Static Air Pressure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Difference.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3221C8DF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1670" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E398</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transmission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="8._ASTM_E2178_-_Standard_Test_Method_for"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Using Dynamic Relative Humidity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Measurement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5523E13C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1656" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM E2178 - Standard Test Method for Air Permeance of Building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C84ACE9" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1670" w:hanging="548"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="9._ASTM_E2357_-_Standard_Test_Method_for"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM E2357 - Standard Test Method for Determining Air Leakage of Air Barrier</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="10._ASTM_F1249_-_Standard_Test_Method_fo"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assemblies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68EA58FC" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1670" w:hanging="548"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F1249</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Test</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Method</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transmission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plastic</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="D._International_Code_Council_Evaluation"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Film and Sheeting Using a Modulated Infrared</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sensor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01649C6F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1081"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Council</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Evaluation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inc.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ICC-ES):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ICC-ES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AC38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Acceptance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Criteria for Water-Resistive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Barriers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD1FC7C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1081"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="E._CDPH/EHLB_Standard_Method_for_the_Tes"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CDPH/EHLB Standard Method for the Testing and Evaluation of Volatile Organic Chemical</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="1.5_SUBMITTALS"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Emissions from Indoor Sources Using Environmental Chambers Version</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CFD055" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1081"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="A._Submit_manufacturers’_current_product"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SUBMITTALS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E09A7F3" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="003653B1">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="6C77FD18" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1081"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submit manufacturers’ current product data sheets, details, and installation instructions for the water-resistive vapor-permeable air barrier membrane components and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accessories.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A223CF8" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRDefault="001E2E97" w:rsidP="00D06432">
-[...12 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p w14:paraId="52356A5B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1656" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Manufacturer's sample warranty.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AF8DD3" w14:textId="37AFB4E6" w:rsidR="00BF6E10" w:rsidRPr="00074EE0" w:rsidRDefault="00BF6E10" w:rsidP="00D06432">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="663E0531" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Environmental Product Declaration (EPD) third-party verified. ISO 21930 and ISO 14025 North American compliant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2D9E1D" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Submit samples of the following: </w:t>
+    <w:p w14:paraId="745A045C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1081"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="B._Submit_samples_of_the_following:"/>
+      <w:bookmarkStart w:id="46" w:name="1._Manufacturer's_sample_warranty."/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submit samples of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2717869E" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...12 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p w14:paraId="3C663C47" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1656"/>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1656" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="2._Water-resistive_vapor_vapor-permeable"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Manufacturer's sample warranty.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C942B32" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...17 lines deleted...]
-        <w:t>Water-resistive vapor permeable air barrier sheet, minimum 8 by 10 inches (203 by 254 mm).</w:t>
+    <w:p w14:paraId="39233733" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1655"/>
+          <w:tab w:val="left" w:pos="1657"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1670" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water-resistive vapor-permeable air barrier sheet, minimum 8 by 10 inches (203 by</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="3._Accessory_components."/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 254 mm).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4A0829" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...16 lines deleted...]
-        <w:t>Accessory components.</w:t>
+    <w:p w14:paraId="17097D57" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1655"/>
+          <w:tab w:val="left" w:pos="1656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1655"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Accessory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>components.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1227F56C" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...16 lines deleted...]
-        <w:t>Membrane flashing products.</w:t>
+    <w:p w14:paraId="621A35F7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="82"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="4._Membrane_flashing_products."/>
+      <w:bookmarkStart w:id="50" w:name="5._Cladding_and_window_system_flashing_c"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membrane flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>products.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21FEF2B3" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...16 lines deleted...]
-        <w:t>Cladding and window system flashing components which interface with air barrier system (i.e. rigid metal head flashing above windows) minimum 10” length.</w:t>
+    <w:p w14:paraId="229529E3" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1673" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cladding and window system flashing components that interface with the air barrier system</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="6._Fasteners,_clips,_strapping,_cladding"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e., rigid metal head flashing above windows), minimum 10”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>length.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB174EC" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...16 lines deleted...]
-        <w:t>Fasteners, clips, strapping, cladding attachment fasteners and masonry ties.</w:t>
+    <w:p w14:paraId="4F74A52F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1658"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fasteners, clips, strapping, cladding attachment fasteners, and masonry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EDF6EE8" w14:textId="77777777" w:rsidR="001346AC" w:rsidRPr="00074EE0" w:rsidRDefault="001346AC" w:rsidP="001346AC">
-[...16 lines deleted...]
-        <w:t>Sealants (included by others) required to provide a complete air barrier membrane system.</w:t>
+    <w:p w14:paraId="48F1CCFF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1658"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="7._Sealants_(included_by_others)_require"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sealants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(included</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>others)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>complete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D155150" w14:textId="5D529BE2" w:rsidR="00C00B07" w:rsidRPr="00074EE0" w:rsidRDefault="00C00B07" w:rsidP="00C00B07">
+    <w:p w14:paraId="7F523311" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="CMT"/>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:ind w:left="219"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00074EE0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delete </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> if not pursuing LEED certification.</w:t>
+        <w:t>Delete C if not pursuing LEED certification.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DD1A64" w14:textId="77777777" w:rsidR="00C00B07" w:rsidRPr="00074EE0" w:rsidRDefault="00CC44E8" w:rsidP="00DF2C88">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="0F7E0A9D" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="93"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="C._LEED_Submittals:"/>
+      <w:bookmarkStart w:id="54" w:name="1._Integrative_process_[IP]_has_a_1_pt._"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LEED</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Submittals:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4A4E3D" w14:textId="50DE86C6" w:rsidR="00C00B07" w:rsidRPr="00074EE0" w:rsidRDefault="00CC44E8" w:rsidP="00D06432">
-[...370 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="7169F130" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>QUALITY ASSURANCE</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Integrative process [IP] has a 1 pt. potential. VaproShield encourages this through</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="2._Energy_and_Atmosphere_[EA]."/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preconstruction planning for ‘building envelope</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>attributes’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D5827C4" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="00D67DB0" w:rsidP="003653B1">
-[...464 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="0856BB92" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Energy and Atmosphere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[EA].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026690B5" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="a._Minimum_Energy_requirement_prerequisi"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minimum Energy requirement prerequisite and performance points – by providing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-37"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a complete air barrier system: up to 18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CA19DD" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="b._Commissioning_(i.e._BECx):_Energy_loa"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Commissioning (i.e., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BECx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>): Energy load reductions, Indoor Environmental Quality, and longevity of building components, which are required to satisfy the prerequisite if commissioning/verification for building envelope is chosen as a path before DD. Envelope Commissioning may qualify for an additional 2 pts, on top of the 4 pts via building energy simulation (enhanced commissioning), or complying with the prescriptive paths in ASHRAE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>90.1-2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B4F1045" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="3._Materials_and_Resources_[EA]_[EA]."/>
+      <w:bookmarkStart w:id="59" w:name="a._Declare_label_Red_List_free_compliant"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indoor Environmental Quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[IEQ/EQ].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="533027DE" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2234"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="a._As_part_of_the_IAQ_Management_plan_fo"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>As part of the IAQ Management plan for the construction phase, which protects the building from moisture infiltration, PanelShield SA can help provide an additional 1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="b._Low-emitting_Material_Credits:_up_to_"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797652C6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2234"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Low-emitting Material Credits: up to 3 pts. PanelShield SA complies with exterior product (emission req. exempt) requirements and VOC limits per SCAQMD Rule #1168 (as published Sept.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B52820C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2811"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="1)_All_window_sealant_and_flashing_mater"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All window sealant and flashing materials to interior pass CDPH/EHLB/Standard Method V1.2 (Sect. 01350) for VOCs after 14 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-30"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="5._Awareness_and_Education_[AE]_and/or_I"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3753D39C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Awareness and Education [AE] and/or Innovation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[IN/ID]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E9EBEE" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2234"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="a._Applies_to_projects_that_offer_both_a"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applies to projects that offer both a case study and an educational outreach</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="1.6_QUALITY_ASSURANCE"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program, which use the project as an example. 1 pt.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>available.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0CBE4A" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="A._Single_Source:__Obtain_self-adhered_w"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>QUALITY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASSURANCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75ECD287" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Single Source: Obtain self-adhered water-resistive vapor-permeable air barrier membrane components and accessories from a single-source membrane system manufacturer to ensure total system compatibility and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>integrity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19558759" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="B._Manufacturer_Qualifications:"/>
+      <w:bookmarkStart w:id="68" w:name="1._Company_specializing_in_manufacturing"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Qualifications:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01361004" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1672" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company specializing in manufacturing and supply of highly vapor permeable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>water resistive air barrier products specified in this Section with a minimum [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>] ten years'</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="2._Provide_the_manufacturer’s_experience"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience and successful installations in similar project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12112327" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1672" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>experienced</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in-house</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>technical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-19"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>observation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personnel qualified to provide technical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367E3D67" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="C._Applicator:"/>
+      <w:bookmarkStart w:id="71" w:name="1._Company_specializing_in_performing_Wo"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicator:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24065A2B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1671" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Company specializing in performing Work of this Section with a minimum [3] three years'</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="D._Fire_Performance_Characteristics:__Pr"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> experience.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BDF931" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MOCK-UP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353EB2C8" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="003653B1">
-[...83 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="6D0D90E8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1083" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="A._Construct_mock-up_in_accordance_with_"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Construct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mock-up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mock-up,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>General</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="B._Provide_mock-up_of_specified_water-re"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Requirements Section 01 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E78A7E" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> Shop Drawings, Product Data and Samples.</w:t>
+    <w:p w14:paraId="3C7D18C1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide mock-up of specified water-resistive vapor-permeable air barrier materials under provisions of Section 01 33 23 - Shop Drawings, Product Data, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Samples.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B8E568" w14:textId="77777777" w:rsidR="00F34D36" w:rsidRPr="00074EE0" w:rsidRDefault="00F34D36" w:rsidP="00EE3B1F">
+    <w:p w14:paraId="262B8359" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
       <w:pPr>
         <w:pStyle w:val="CMT"/>
         <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:spacing w:after="120"/>
-        <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:ind w:left="219"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00074EE0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Generally, retain first subparagraph below if requiring preconstruction testin</w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Generally, retain the first subparagraph below if requiring preconstruction testing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78459441" w14:textId="77777777" w:rsidR="00F34D36" w:rsidRPr="00074EE0" w:rsidRDefault="00F34D36" w:rsidP="00D06432">
-[...39 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="6E5AC200" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:t>PRE-INSTALLATION CONFERENCE</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1670" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="1._Coordinate_the_construction_of_mockup"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinate the construction of mockups to permit inspection and testing of the air barrier and drainage place along with interfacing window, flashing, and cladding system components, before external insulation and cladding are installed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E58CAA" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="006D642B" w:rsidP="003653B1">
-[...118 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="2AD15D95" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="1.8_PRE-INSTALLATION_CONFERENCE"/>
+      <w:bookmarkStart w:id="77" w:name="A._Provide_a_pre-installation_conference"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PRE-INSTALLATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONFERENCE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE5C51F" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...10 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3CFFE00A" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pre-installation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[two]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>weeks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>commencing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>section,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under provisions of Section 01 31 19 - Project Meetings or as specified under General Requirements Section 01 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F42C157" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1083"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="B._Ensure_all_contractors_responsible_fo"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ensure all contractors responsible for creating a continuous plane of water and air tightness are present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C80383" w14:textId="77777777" w:rsidR="002665F6" w:rsidRPr="00074EE0" w:rsidRDefault="002665F6" w:rsidP="00DF2C88">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> the following:</w:t>
+    <w:p w14:paraId="7EFFFB0C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1083"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="C._Agenda_includes_the_following:"/>
+      <w:bookmarkStart w:id="80" w:name="1._Review_of_approved_submittals."/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agenda includes the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3B9CD8" w14:textId="77777777" w:rsidR="002665F6" w:rsidRPr="00074EE0" w:rsidRDefault="002665F6" w:rsidP="00D06432">
-[...101 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="3D4EF066" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:lang w:val="en-GB"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review of approved</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>submittals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18694868" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="2._Review_of_mock-ups."/>
+      <w:bookmarkStart w:id="82" w:name="3._Coordination_with_the_sequence_of_ins"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review of mock-ups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0B7EF9" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordination with the sequence of installation with adjacent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4612CAFB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="4._Schedule_for_subsequent_work_covering"/>
+      <w:bookmarkStart w:id="84" w:name="5._Procedures_for_quality_assurance."/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule for subsequent work covering the air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A01E5AF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1658"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Procedures for quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D55700" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="1.9_DELIVERY,_STORAGE_AND_HANDLING"/>
+      <w:bookmarkStart w:id="86" w:name="A._Refer_to_the_current_Product_Data_She"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DELIVERY, STORAGE AND HANDLING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08244756" w14:textId="77777777" w:rsidR="003653B1" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="003653B1">
-[...82 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3477481C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1083"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Refer to the current Product Data Sheet, Installation Instructions, and Safety Data Sheets (SDS)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="B._Deliver_materials_to_the_job_site_in_"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00074EE0">
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="002E3838">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-            <w:color w:val="auto"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>www.vaproshield.com</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002E3838">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.vaproshield.com</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> for proper storage and handling.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for proper storage and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>handling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438606BE" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t>Deliver materials to the job site in undamaged and original packaging indicating the name of the manufacturer and product.</w:t>
+    <w:p w14:paraId="5F161AFC" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deliver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>job</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>undamaged</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>original</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>packaging,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>indicating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="C._Store_roll_materials_on_end_in_origin"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> manufacturer and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>product.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BD7182" w14:textId="725C5838" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t>Store roll materials on end in original packaging. Protect rolls from direct sunlight and inclement weather until ready for use.</w:t>
+    <w:p w14:paraId="6E1613F4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Store roll materials on end in original packaging. Protect rolls from direct sunlight and inclement</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="D._Waste_Management_and_Disposal"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weather until ready for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B82A79" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00013F45" w:rsidP="00DF2C88">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> Management and Disposal</w:t>
+    <w:p w14:paraId="600872BF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Waste Management and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Disposal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794217CE" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...57 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="3F26F403" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="1._Separate_and_repurpose_or_recycle_was"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Separate and repurpose or recycle waste materials in accordance with Section [01 74 19 Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Waste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Disposal],</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Waste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Reduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546BDCC6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002E3838">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="1.10_COORDINATION"/>
+      <w:bookmarkStart w:id="92" w:name="A._Ensure_shingled_lapping_and_continuit"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>COORDINATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2436F78E" w14:textId="6E16D507" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00B76AA7">
-[...1 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="49016EEC" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ensure shingled lapping and continuity of the fully self-adhered water-resistive vapor-permeable</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="1._Provide_a_permeable_air_barrier_membr"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> air barrier system throughout the scope of this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57092927" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1670" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>self-adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transition membranes, flashing, and sealants at penetrations. Provide PanelFlashing SA™ Self-Adhered flashing, which includes VaproLiqui-Flash™ by VaproShield, a liquid-applied vapor-permeable air barrier flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157C99B5" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1670" w:hanging="548"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="2._At_locations_indicated,_provide_an_un"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>At locations indicated, provide an unimpeded vertical drainage plane that includes a ventilated drainage cavity, water resistive barrier, and flashings to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exterior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682174BE" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1670" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="3._Coordinate_for_optimal_sequencing_wit"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinate for optimal sequencing with all related or interfaced building components and trades</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>facilitate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>best</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>practices,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>including:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fashion,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>drainage,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water-tightness,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="1.11_WARRANTY"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66887B82" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080" w:hanging="864"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="A._Provide_manufacturer’s_standard_mater"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WARRANTY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BABAE9D" w14:textId="7172381E" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="004D00FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="1082" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide manufacturer’s standard material warranty in which the manufacturer agrees to provide replacement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>self-adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water-resistive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vapor-permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheets installed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manufacturer's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>due</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>defects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[20] Twenty years from the date of Substantial Completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1456A27E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="216"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="2.1_MATERIALS"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PART 2 - PRODUCTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA46D00" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> self-adhered water-resistive vapor permeable air barrier system throughout the scope of this section.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="939"/>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="936" w:hanging="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="A._Provide_a_fully_self-adhered_water-re"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MATERIALS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC3D9BA" w14:textId="3A43C6D0" w:rsidR="0006361C" w:rsidRPr="00074EE0" w:rsidRDefault="0006361C" w:rsidP="00B76AA7">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR2"/>
+    <w:p w14:paraId="70F67FCD" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1084"/>
         </w:tabs>
-        <w:rPr>
-[...174 lines deleted...]
-        <w:t>, a liquid-applied vapor permeable air barrier flashing material.</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide a fully self-adhered water-resistive vapor-permeable air barrier membrane components and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accessories</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>obtained</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>single-source</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>total</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>compatibility</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="B._Water-Resistive_Vapor_Permeable_Self-"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and integrity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538497ED" w14:textId="37DB27DD" w:rsidR="0063275F" w:rsidRPr="00074EE0" w:rsidRDefault="004F111F" w:rsidP="00D06432">
-[...97 lines deleted...]
-        <w:t>and flashings to the exterior.</w:t>
+    <w:p w14:paraId="3B91BD68" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water-Resistive Vapor Permeable Self-Adhered Air Barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-35"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Materials.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C5338B" w14:textId="77777777" w:rsidR="00222DDF" w:rsidRPr="00074EE0" w:rsidRDefault="00222DDF" w:rsidP="00D06432">
-[...39 lines deleted...]
-        <w:pStyle w:val="ART"/>
+    <w:p w14:paraId="611C01D7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>WARRANTY</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="1._Basis-of-Design_Product:_Subject_to_c"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Basis-of-Design Product: Subject to compliance with requirements, provide fully self- adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelShield</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>®</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water-Resistive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapor Permeable Air Barrier Sheet as manufactured by VaproShield, a zero VOC fully self- adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consisting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>multiple</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>layers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spun-bonded</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>polypropylene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vapor-permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adhesive.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in accordance with ICC-ES AC 38 criteria to meet IBC and IRC requirements for weather-</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="a._Color:_Black_with_yellow_print,_allow"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resistive barriers having the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>properties:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F9A92F" w14:textId="3EBB3107" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...199 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="0A7F84C1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:bCs/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="228" w:lineRule="exact"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Color:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Black</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yellow</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>print,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>allowable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>UV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exposure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>365</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>days,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coverage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591485F3" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="b._Breaking_strength_to_ASTM_D5034:__128"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dry breaking strength to ASTM D5034: 126 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lbf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (560 N), machine direction; 85 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lbf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (378 N), cross-machine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>direction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0363B112" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="c._Elongation_to_ASTM_D5034:__119_lbf_(5"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elongation to ASTM D5034: 119 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lbf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (529 N), machine direction; 96 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lbf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (427 N), cross-machine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>direction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228CA155" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="d._Water_Vapor_Permeance_tested_to_ASTM_"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Permeance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>method,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>procedure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B @ 23°C 50-100 %RH:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>minimum of 24 perms (1373 ng/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pa•s•m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081610A6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="e._Air_Leakage:_0.0017_L/s•m2_@_75_Pa_(&lt;"/>
+      <w:bookmarkStart w:id="107" w:name="f._Water_Resistance_tested_to_AATCC_127,"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Material Air Leakage: 0.0017 L/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s•m</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>@ 75 Pa (&lt;0.000335 cfm/ft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">@ 1.57 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>psf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) when tested in accordance with ASTM E2178 and 0.0398 L/s•m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> @ 75 Pa (&lt;0.0078 cfm/ft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> @ 1.57 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>psf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) when tested in accordance with ASTM E2357. Meets Air Barrier Association of America (ABAA) requirements for “Adhesive Backed Commercial Building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-29"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Wraps”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518970D1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Water Resistance tested to AATCC 127, 550 mm hydrostatic head for 5 hours: No leakage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B9EAD4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="g._Application_Temperature:__Ambient_tem"/>
+      <w:bookmarkStart w:id="109" w:name="h._Surface_Burning_Characteristics_teste"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application Temperature: Ambient temperature must be above 20 °F (minus 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>°C).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177285E2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Surface Burning Characteristics tested to ASTM E84: Class A, Flame-spread index</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="110" w:name="i._Physical_Dimensions:__0.014_inches_(0"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of less than 0, Smoke-developed index of less than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F86F1CA" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Physical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dimensions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0.014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inches</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.36</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>thick</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>59</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inches</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(1.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="C._Water-Resistive_Vapor_Permeable_Trans"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0.904 oz/yd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(275.7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>g/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F69F30" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water-Resistive Vapor Permeable Transition and Flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membrane</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E45AEE3" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1661"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="1._Provide_self-adhered_air_barrier_tran"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide self-adhered air barrier transition and flashing membrane for all window jambs, headers,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>door</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>openings,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inside</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>outside</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>corners,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>transitions.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
-      <w:r w:rsidR="005B6494" w:rsidRPr="00074EE0">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pre-cut PanelFlashing SA Self-Adhered flashing by VaproShield. PanelFlashing SA™ Self- Adhered flashing is a zero VOC, fully self-adhered water-resistive, vapor-permeable sheet membrane having the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>properties:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54328CB6" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00C431DD" w:rsidP="00DF2C88">
-[...22 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="2252E1A8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2232"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="a._Same_material_and_properties_as_Panel"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Same material and properties as PanelShield SA Self-Adhered Water-Resistive Vapor Permeable Air Barrier Sheet, factory slit to flashing sizes. (See 2.1.B.1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="b._Physical_Dimensions:_PanelFlashing_SA"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> above).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324D065F" w14:textId="721D4E10" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="007B6400" w:rsidP="00EE3CD1">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">self-adhered air barrier sheet membrane </w:t>
+    <w:p w14:paraId="60A79D6E" w14:textId="24DC186A" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="2236"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Physical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="35"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dimensions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="37"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="37"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="37"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="37"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="37"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A72C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Black in color</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="36"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11¾</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="38"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inches (30 cm) wide x 102 feet (31 m) long.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186FC80E" w14:textId="5DDBFC4C" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002E3838">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="216"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SPEC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WRITERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NOTE:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Acceptable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>substrates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CE5070" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>PanelShield</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00936A9E" w:rsidRPr="00074EE0">
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Water-Resistive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vapor Permeable Air Barrier Sheet include: exterior grade gypsum board, plywood, precast concrete, cast-in- place concrete, concrete block, steel, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00936A9E" w:rsidRPr="00074EE0">
-[...6 lines deleted...]
-        <w:t>VaproShield</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aluminum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00936A9E" w:rsidRPr="00074EE0">
-[...98 lines deleted...]
-        <w:t>having the following properties:</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and galvanized metal. Best practice guidelines for the application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clean,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheathing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surfaces.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheathing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surfaces</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clean</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oil,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dust,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bulk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contaminants should be followed by two-handed roller pressure to ensure good adhesion, immediately after installation of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The rough opening flashing system includes two components. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SA™ Self-Adhered flashing and VaproLiqui-Flash™ or, as alternates, VaproBond™ Flashing or Vapro-SS Flashing™, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>™, VaproFlashing SA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FFA45B3" w14:textId="174450F5" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="006323B5">
-[...58 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="135A8EF1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="D._VaproLiqui-Flash™_Vapor_Permeable_Wat"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VaproLiqui-Flash™ Vapor Permeable Water Resistive Flashing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rough</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Openings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="142A5C77" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="1._Window_and_door_pre-cut_WrapFlashing_"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Window and door pre-cut PanelFlashing SA™ Self-Adhered flashing includes VaproLiqui- Flash™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>liquid-applied</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with vapor permeance and resistance to air leakage properties compatible with the primary air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3829FB73" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="a._Pass:_CDPH/EHLB/Standard_Method_V1.2_"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pass: CDPH/EHLB/Standard Method V1.2 (Sect. 01350) VOC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA049C9" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="101"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPEC WRITERS NOTE: Best construction practice for wood frame construction is to protect the jamb of rough openings with the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two-part</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> system of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SA™ Self-Adhered flashing and vapor permeable VaproLiqui-Flash™ to reduce the risk of wood deterioration. Alternatively, for steel stud frame construction with gypsum sheathing surfaces, VaproBond™ Flashing, Vapro-SS Flashing™, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>™, or VaproFlashing SA™ may be used to protect the head, jamb, and sill of rough openings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493B8A26" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="E._Alternate_Flashing_Products"/>
+      <w:bookmarkStart w:id="119" w:name="1._VaproBond™_flashing:_water_impermeabl"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Alternate Flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Products</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2F9D63" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBond™ flashing: water impermeable, low vapor permeance flashing for rough</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="a._Include_VaproBond™_Flashing_by_VaproS"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> openings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B5A0AE" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBond™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>modified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>silicon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sealant,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>window</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="1)_VaproBond™_Flashing:_20-ounce_(592_ml"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and door</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E1F226" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2812"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>VaproBond™ Flashing: 20-ounce (592 ml)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sausage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62138BD2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2812"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="2)_Elongation:__1,500_%_when_tested_in_a"/>
+      <w:bookmarkStart w:id="123" w:name="2._VaproFlashing_SA_air,_water,_and_vapo"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Elongation: 1,500 % when tested in accordance with ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D412.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E7E656" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproFlashing SA air, water, and vapor barrier flashing with an aggressive pressure- sensitive adhesive, white: 4, 6, 12 inches (10.3, 15.2, 30.5 cm) wide x 100 feet (30.48 m) long.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357C2C10" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1659" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="3._Vapro-SS_Flashing™_water_and_vapor_im"/>
+      <w:bookmarkStart w:id="125" w:name="a._Include_Vapro-SS_Flashing™_by_VaproSh"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapro-SS Flashing™ water and vapor impermeable flashing for rough</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>openings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B32BD7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="2234"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapro-SS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flexible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>stainless steel sheet with an 8 mil (0.20 mm) butyl adhesive backing at window and door locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9FC271" w14:textId="1771234A" w:rsidR="002F10C0" w:rsidRPr="002E3838" w:rsidRDefault="002F10C0" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="2234"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapro-SS Flashing™: 6, 12, or 18 inches (15.2, 30.5, 45.7 cm) x 50 feet (15.24 m) long</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05286725" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2811"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2810"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="b._Vapro-SS_Flashing™:__6,_12,_or_18_inc"/>
+      <w:bookmarkStart w:id="127" w:name="1)_Tensile_Strength/Puncture:__100,000_p"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tensile Strength/Puncture: 100,000 psi when tested in accordance with ASTM D882 and 2,500 psi when tested in accordance with ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E154.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A09A2F2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="4._BlockFlashing™_water_and_vapor_barrie"/>
+      <w:bookmarkStart w:id="129" w:name="a._Include_BlockShield™_Flashing_by_Vapr"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>™ water and vapor barrier flashing for rough</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>openings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EBD1A12" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2234" w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Include BlockShield™ Flashing by VaproShield, a flexible 2 mil (0.26 mm)</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="F._Through_Wall_Flashing"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> polypropylene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acrylic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adhesive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>backing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>window</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>door</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="179DFDA2" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Through Wall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2317E235" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="82"/>
+        <w:ind w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="1._Thru-wall_flashing_includes_Vapro-SS_"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Thru-wall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapro-SS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flexible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm) stainless steel sheet with an 8 mil (0.20 mm) butyl adhesive backing, which includes a</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="a._Vapro-SS_Flashing™:_6,_12,_or_18_inch"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproTermination</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bar™ when the top section of the Vapro-SS Flashing™ is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exposed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E90C707" w14:textId="39701129" w:rsidR="002F10C0" w:rsidRPr="002E3838" w:rsidRDefault="002F10C0" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapro-SS Flashing™: 6, 12, or 18 inches (15.2, 30.5, 45.7 cm) x 50 feet (15.24 m) long.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF6D977" w14:textId="5EE5523D" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tensile Strength/Puncture: 100,000 psi when tested in accordance with ASTM</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="c._VaproTermination_Bar™:_8_feet_(2.4_m)"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> D882 and 2,500 psi when tested in accordance with ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E154</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C019933" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproTermination</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bar™: 8 feet (2.4 m) long x 1 inch (25 mm) wide x ⅛ inch (3 mm) thickness, UV-resistant rigid thermoplastic extrusion, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prepunched</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with elongated nail/screw penetrations on 1-inch centers as required for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745F13BD" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="G._Transition_Flashing"/>
+      <w:bookmarkStart w:id="135" w:name="1._Transition_flashing_includes_VaproSil"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E852E2C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproSilicone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transition™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flexible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>80</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="a._VaproSilicone_Transition™_Sheet:_4,_6"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mil (2 mm) extruded silicone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56493935" w14:textId="3C4097CA" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproSilicone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Transition™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sheet:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inches</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(10.2,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>15,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidRPr="00074EE0">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>feet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(15.24</w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m) long</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F50C00A" w14:textId="3D061776" w:rsidR="00DD022C" w:rsidRPr="00074EE0" w:rsidRDefault="00DD022C" w:rsidP="006323B5">
-[...54 lines deleted...]
-        <w:t xml:space="preserve">529 N (119 </w:t>
+    <w:p w14:paraId="5CEB6F0B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="b._Dynamic_Movement_Capability:_+200_/_-"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dynamic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Movement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Capability:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>+200</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>accordance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ASTM</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="c._Elongation:_400_%_when_tested_in_acco"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C1523.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0FF3A7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:line="229" w:lineRule="exact"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="d._Tensile_Strength:__295_psi_(2.03_MPa)"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Elongation: 400 % when tested in accordance with ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D412.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320334C5" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="e._Tear_Strength:_20_ppi_(3.5_N/mm)_when"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tensile Strength: 295 psi (2.03 MPa) when tested in accordance with ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-36"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D412.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400C4102" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2235"/>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="577"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tear Strength: 20 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001014DA" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>lbf</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ppi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="001014DA" w:rsidRPr="00074EE0">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">427 N (96 </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3.5 N/mm) when tested in accordance to ASTM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D624.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37040508" w14:textId="3FEAC355" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002F10C0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="101"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="H._Provide_a_Rainscreen_cavity_using;_Va"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SPEC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WRITERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NOTE:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>With</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rainscreen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cladding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>systems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>composite</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>panels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>metal siding, unimpeded vertical drainage, shingle flashing, air circulation, and cavity ventilation are critical in allowing moisture to escape. The VaproShim SA™ Self-Adhered, VaproMat™, and VaproBattens™ with VaproVent™ Strips to facilitate drainage and drying throughout the cavity for the life of the building.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Include</w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.1.H. for Water-Resistive Weather Barrier Batten and Ventilation Accessories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3041C625" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Provide a Rainscreen cavity using; VaproShim SA™ Self-Adhered, VaproMat™ and</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="1._VaproShim_SA™_Self-Adhered,_Neoprene/"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VaproBattens™ with VaproVent™ Strips Accessories</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Options</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665B42CB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="548"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShim SA™ Self-Adhered, Neoprene/EPDM accessory used under horizontal or vertical cladding attachment components to create a vertical Rainscreen screen drainage plane for cladding, while sealing fastener</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>penetrations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561E5F47" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="2._VaproMat™_Lightweight,_hydrophobic_fi"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproMat™ Lightweight, hydrophobic filter fabric with a 3 mm or 7 mm polypropylene drainage matrix attached, designed to keep the drainage cavity clean and unobstructed during the lath and plaster or adhesive mortar installation, promoting rapid draining and drying of the Rainscreen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cavity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663A1875" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1674" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="3._Batten_and_ventilation_accessories,_a"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Batten and ventilation accessories, as manufactured by VaproShield comprised of black PVC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DC92F65" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="a._VaproBatten™_Black_vinyl_extrusion_wi"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBatten™ Black vinyl extrusion with pre-formed moisture drainage channels configured to create a ventilated airspace between wall cladding and weather- resistive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bull</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>edges</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prevent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tearing.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fasteners</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installed directly through VaproBatten™ into the structural elements regardless of weather</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="b._VaproVent™_Strips_are_available_in_tw"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2C2F4E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="4"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2236"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2236"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproVent™ Strips are available in two types: VaproVent™ L Strip and</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="1)_VaproVent™_Gray_vinyl_L_Strips_are_at"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VaproVent™ Hook</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strip.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1F6F3E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2813"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="2812"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproVent™ Gray vinyl L Strips are attached to the top and bottom of VaproBattens™. They prevent insect invasion and provide maximum ventilation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFB884C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="5"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2813"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="2)_VaproVent™_Gray_vinyl_Hook_Strips_are"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproVent™ Gray vinyl Hook Strips are used with VaproBattens as a starter strip for vinyl and beveled siding applications, in place of the VaproVent™ L Strip at the bottom of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A89F3B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1030"/>
+          <w:tab w:val="left" w:pos="1031"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1022" w:hanging="806"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="A._Provide_sealant_for_penetrations_as_r"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PENETRATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SEALANT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F16930" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1391"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1037" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sealant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>penetrations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specified</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Section:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sealants.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appropriate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sealants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBond™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproLiqui-Flash™.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235D063E" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="218"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SPEC WRITERS NOTE: VaproShield’s self-adhered membranes incorporate a pressure-sensitive adhesive (PSA) that requires pressure rolling to activate the adhesion onto the substrate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C54E04" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1030"/>
+          <w:tab w:val="left" w:pos="1031"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1022" w:hanging="806"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WALL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ROLLER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264ED2F6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="A._Provide_an_extendible_roller_tool_des"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001014DA" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>lbf</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproRoller</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="001014DA" w:rsidRPr="00074EE0">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, an extendible roller tool designed to provide optimal leverage for a roller-based self- adhered membrane. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproRoller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a heavy-duty design die-cast second handle for additional leverage and two-handed operation to firmly secure the adhesive to the substrate. A compact and lightweight roller with a 7.5-inch (19 cm) wide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>design.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15B864D6" w14:textId="69872C49" w:rsidR="001014DA" w:rsidRPr="00074EE0" w:rsidRDefault="001014DA" w:rsidP="006323B5">
-[...47 lines deleted...]
-        <w:t>).</w:t>
+    <w:p w14:paraId="38FFE33C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="SPEC_WRITERS_NOTE:_VaproShield’s_self-ad"/>
+      <w:bookmarkStart w:id="152" w:name="3.1_GENERAL"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PART 3 - EXECUTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E41B91" w14:textId="4A897B0E" w:rsidR="00DD022C" w:rsidRPr="00074EE0" w:rsidRDefault="00DD022C" w:rsidP="006323B5">
-[...151 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="4BBD53A8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="939"/>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>GENERAL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35028502" w14:textId="52A91E8E" w:rsidR="00DD022C" w:rsidRPr="00074EE0" w:rsidRDefault="00DD022C" w:rsidP="006323B5">
-[...119 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="393F2C39" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="A._Verify_that_surfaces_and_conditions_a"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Verify that surfaces and conditions are ready to accept the work of this section. Notify [Envelope Consultant] [Engineer] [Architect] [Construction Manager] in writing of any discrepancies. Commencement of the work or any parts thereof shall mean acceptance of the prepared substrates.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB576D1" w14:textId="50407408" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00E02902" w:rsidP="006323B5">
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> @ 1.57 </w:t>
+    <w:p w14:paraId="47905887" w14:textId="0043FDBD" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="B._All_surfaces_must_be_dry,_sound,_clea"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>All surfaces must be dry, sound, clean, free of oil, grease, dirt, excess mortar, or other contaminants detrimental to the adhesion of the water</w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>resistive air barrier membrane and flashings. Fill voids and gaps in substrate greater than 7/8 inch (22 mm) in width to provide an even</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surface.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Strike</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>masonry</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>joints</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>full-flush.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheathing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>joints</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>filled</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sealant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>materials</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>so that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sealant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spread</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exterior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surface</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheathing.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sealant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>products from the sheathing surface prior to installation of the air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A11A5F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="C._Minimum_application_temperature_of_fu"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Minimum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>temperature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>self-adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20 °F (minus 6.0 °C). Frost or water on the substrate is unacceptable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7D747F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="D._Ensure_all_preparatory_work_is_comple"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ensure all preparatory work is complete before applying the primary fully self-adhered vapor- permeable air barrier sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EAF8A3" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="E._Set_flush_with_sheathing,_any_mechani"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Set flush with sheathing, any mechanical fasteners used to secure sheathing surfaces or that penetrate sheathing surfaces. Provide fasteners secured into a solid backing and covered with the upper overlapping membrane. If exposed fasteners are present on the surface of the membrane, cover and seal with VaproLiqui-Flash™ or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBond™.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56517083" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="F._If_exposed_fasteners_are_required,_us"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If exposed fasteners are required, use </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A1079D" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>psf</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproCaps</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A1079D" w:rsidRPr="00074EE0">
-[...70 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>™ with the appropriate fastener into structural members to ensure a water/air-tight</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>seal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350457D1" w14:textId="09442EB9" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="006323B5">
-[...3183 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0D562FA1" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="939"/>
+          <w:tab w:val="left" w:pos="940"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
-        <w:ind w:left="810" w:hanging="810"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...36 lines deleted...]
-        <w:t>PENETRATION SEALANT</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>COORDINATION OF SELF-ADHERED VAPOR PERMEABLE AIR BARRIER MEMBRANE INSTALLATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17D36762" w14:textId="44667FFB" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00BA2204" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="3E6DE564" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="0"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:ind w:left="810"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">Provide sealant for penetrations as recommended by manufacturer and as specified under Division 07 Section: Sealants. Appropriate sealants shall be </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="A._Download_Installation_Instructions_at"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Download Installation Instructions at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="002E3838">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>http://vaproshield.com/public-documents/installation-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1906061F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="B._Installation_Summary:"/>
+      <w:bookmarkStart w:id="161" w:name="1._Self-adhered_vapor-permeable_air_barr"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Installation Summary:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1725901B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-adhered vapor-permeable air barrier sheets may be installed vertically or horizontally over the outside wall face of exterior sheathing board or other approved substrates. [Not to be used on any horizontal surfaces for water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>holdout.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1716222B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="548"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="2._Complete_detail_work_at_wall_openings"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Complete detail work at wall openings, building transitions, and penetrations before field applications,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>allowing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shingle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>laps</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>film</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>temporarily</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4729949A" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1672" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="3._Install_fully_self-adhered_vapor-perm"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Install</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>self-adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vapor-permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sheet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>over</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>outside</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>face</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exterior sheathing board or substrate, measure and pre-cut into manageable-sized sheets to suit</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="4._Install_a_fully_self-adhered_vapor-pe"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2136AEA4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1672" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Install a fully self-adhered vapor-permeable air barrier sheet complete and continuous to</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="165" w:name="5._Stagger_all_end_lap_seams."/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the substrate in a sequential minimal 3-inch (76 mm) overlapping</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>weatherboard format to shed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-27"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D6831F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="229" w:lineRule="exact"/>
+        <w:ind w:left="1658" w:hanging="534"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Stagger all end lap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>seams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45712948" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1672" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="6._Roll_the_installed_membrane_with_a_tw"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Roll the installed membrane with a two-handed roller to ensure positive contact and adhesion with the substrate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>immediately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21499403" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="938"/>
+          <w:tab w:val="left" w:pos="939"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="A._Tie-in_to_structural_beams,_columns,_"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BUILDING TRANSITION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBFFD4D" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tie-in to structural beams, columns, floor slabs and intermittent floors, parapet curbs, foundation walls, roofing systems, and at the interface of dissimilar materials with self-adhering air barrier transition and flashing membrane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46652E04" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="B._Align_and_position_fully_self-adhered"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Align and position fully self-adhered air barrier transition and flashing membrane, remove protective film, and press firmly into place. Provide a minimum 3-inch (76 mm) lap onto</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="C._Ensure_a_minimum_3-inch_(76_mm)_overl"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> substrates.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A32E63" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ensure a minimum 3-inch (76 mm) overlap at side and end laps of membrane and 6-inch (152.4</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="D._Roll_the_membrane_and_lap_seams_with_"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mm) at inside and outside corners, if joints occur at corner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>locations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39376B20" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Roll the membrane and lap seams with a roller to ensure positive contact and adhesion</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="3.4_MECHANICAL_EQUIPMENT_PENETRATIONS"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> immediately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E157854" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="937"/>
+          <w:tab w:val="left" w:pos="938"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MECHANICAL EQUIPMENT PENETRATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B5EFDB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="A._Mechanical_pipe,_electrical_conduit,_"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mechanical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pipe,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>electrical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conduit,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>duct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>secured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>solidly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>before installation of a fully self-adhered vapor-permeable air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36BF6705" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="B._Electrical_services_penetrating_the_w"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electrical services penetrating the wall assembly and a fully self-adhered vapor-permeable air barrier membrane must be placed in an appropriate conduit and secured solidly into</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-31"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>position.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E00913" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="C._Install_manufactured_flanged_penetrat"/>
+      <w:bookmarkStart w:id="175" w:name="D._For_straight-sided_penetrations,_cut_"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Install manufactured flanged penetration sleeves as recommended by the sleeve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-27"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manufacturer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C90B13" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For straight-sided penetrations, cut and fit a fully self-adhered vapor-permeable air barrier to accommodate the sleeve, install VaproLiqui-Flash™ or VaproBond™ to seal the air barrier membrane to ductwork or preformed flange</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sleeve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BAA454" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="E._For_pipe_penetrations,_refer_to_the_m"/>
+      <w:bookmarkStart w:id="177" w:name="3.5_WINDOW,_DOOR_AND_OTHER_WALL_OPENINGS"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For pipe penetrations, refer to the manufacturer’s standard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3F0ED8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="938"/>
+          <w:tab w:val="left" w:pos="939"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WINDOW, DOOR AND OTHER WALL OPENINGS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402956B3" w14:textId="7726E48D" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="002F10C0">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+        <w:ind w:left="216"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPEC WRITERS NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vapor-permeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rough opening flashing system includes two components. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00E37731" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>VaproBond</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00E37731" w:rsidRPr="00074EE0">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">® </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Self-Adhered and VaproLiqui-Flash™ or, as an alternate, VaproBond™. A vapor impermeable rough opening system includes VaproFlashing, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00936A9E" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>VaproLiqui</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00936A9E" w:rsidRPr="00074EE0">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, or Vapro-SS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing™.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2431C6E3" w14:textId="77777777" w:rsidR="00D72154" w:rsidRPr="00074EE0" w:rsidRDefault="00D72154" w:rsidP="00715A68">
-[...4 lines deleted...]
-        <w:ind w:left="806" w:hanging="806"/>
+    <w:p w14:paraId="0CEFEFE4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...22 lines deleted...]
-        <w:t>WALL ROLLER</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="A._Two-part_flashing_system;_WrapFlashin"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Two-part</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vapor-permeable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproLiqui-Flash™,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing around window or wall rough openings, subject to the opening size and installation of window, door, or louver type.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A7B35B" w14:textId="77777777" w:rsidR="00D72154" w:rsidRPr="00074EE0" w:rsidRDefault="00D72154" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="6BD2AFA7" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1226"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1225" w:hanging="526"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="1._WrapFlashing_SA™_Self-Adhered_flashin"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PanelFlashing SA™ Self-Adhered flashing transition and flashing membrane installed 2 ¾ inch (70 mm) into rough wall openings for the sill, jambs, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>head.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA991DB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1226"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1225" w:hanging="526"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="2._Remove_release_film,_align_flashing_m"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Remove release film, align flashing membrane, and apply pressure to ensure positive contact. Roll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>seams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adhesion.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>leave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>film</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>section that will overlap the field membrane. Overlap seams in weatherboard format to shed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-27"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604D3F85" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1228"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1239"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="3._VaproLiqui-Flash_Vapor_Permeable_Wate"/>
+      <w:bookmarkStart w:id="182" w:name="a._Liquid-applied_window_and_door_flashi"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VaproLiqui-Flash Vapor Permeable Water Resistive Flashing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rough</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Openings:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8ABDAB" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...93 lines deleted...]
-        <w:t xml:space="preserve"> (19 cm) wide design.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2291"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Liquid-applied window and door flashing shall be VaproLiqui-Flash™ by VaproShield, a liquid-applied vapor-permeable air barrier flashing material with resistance to moisture and air leakage properties compatible with the primary</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="183" w:name="b._Apply_a_12-15_wet_mil_(0.030-0.038_mm"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weather-resistant air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50986913" w14:textId="77777777" w:rsidR="005B6494" w:rsidRPr="00074EE0" w:rsidRDefault="005B6494" w:rsidP="005B6494">
-[...141 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="7B9AEF42" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...123 lines deleted...]
-        <w:t>ork or any parts thereof shall mean acceptance of the prepared substrates.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2291"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Apply a 12-15 wet mil (0.030-0.038 mm) coating onto the installed PanelFlashing SA™ Self-Adhered flashing, 1-inch (25.4 mm) onto the face, continuing into the rough opening, covering the 2 ¾ inch (70 mm) PanelFlashing SA™ Self-Adhered</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="184" w:name="B._Through-wall_Flashing_membrane"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> flashing and the exposed rough opening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surface.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BC7061" w14:textId="6DB1D8DA" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...110 lines deleted...]
-        <w:t>no sealant is spread onto the exterior surface of the sheathing. Remove any sealant products from sheathing surface prior to installation of air barrier membrane.</w:t>
+    <w:p w14:paraId="01D9A247" w14:textId="381FB19D" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="93"/>
+        <w:ind w:left="1084"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBond™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impermeable</w:t>
+      </w:r>
+      <w:r w:rsidR="002F10C0" w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>low</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vapor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>permeance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing for rough openings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C2FE0BA" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...102 lines deleted...]
-        <w:t>on substrate is unacceptable.</w:t>
+    <w:p w14:paraId="15333578" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fluid-applied membrane for window and door flashing shall be VaproBond™ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Flashing by VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>low-vapor-permeable,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impermeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material, replacing VaproLiqui-Flash™. (Not recommended for wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>framing.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63CD0ED8" w14:textId="68E4200F" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DF2C88">
-[...54 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+    <w:p w14:paraId="6896EE7F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1660"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="2._Apply_VaproBond™_Flashing,_30-50_wet_"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproBond™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flashing,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>30-50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mil</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(0.76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>coating,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-inch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onto the face, continuing into the rough opening, covering the 2 ¾ inch (70 mm) PanelFlashing SA™ Self-Adhered flashing and the exposed rough opening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surface.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CBF550D" w14:textId="328FEF3A" w:rsidR="00BE7046" w:rsidRPr="00074EE0" w:rsidRDefault="009D485E" w:rsidP="00DF2C88">
-[...126 lines deleted...]
-        <w:t xml:space="preserve">er and seal with </w:t>
+    <w:p w14:paraId="01486DEF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Optional Vapor Impermeable Flashings for rough openings. VaproFlashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">flashing or, as an alternative, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00973877" w:rsidRPr="00074EE0">
-[...13 lines deleted...]
-        <w:t>Liqui</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00973877" w:rsidRPr="00074EE0">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">™, or Vapro-SS Flashing™. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52AE1D99" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1659"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1672" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="1._Self-adhered_stainless-steel_membrane"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproFlashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">flashing or, as an alternative, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00BE7046" w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>VaproBond</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A07927" w:rsidRPr="00074EE0">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>™, or Vapro-SS Flashing™ Self-adhered membrane for window and door flashing by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproShield,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impermeable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>material,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>replacing</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="187" w:name="2._Apply_WrapFlashing_SA™_Self-Adhered_f"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the VaproLiqui-Flash PanelShield SA™ system. Not recommended for wood</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>framing.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632EB2BB" w14:textId="77777777" w:rsidR="00BE7046" w:rsidRPr="00074EE0" w:rsidRDefault="00BE7046" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">If exposed fasteners are required, use </w:t>
+    <w:p w14:paraId="7CB26420" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1671" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproFlashing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SA™</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Self-Adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">flashing or, as an alternative, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00074EE0">
-[...5 lines deleted...]
-        <w:t>VaproCaps</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BlockFlashing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009739DC" w:rsidRPr="00074EE0">
-[...45 lines deleted...]
-        <w:t>nsure water/air tight seal.</w:t>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>™, or Vapro-SS Flashing™,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1-inch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>face,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuing into the rough opening, covering the rough opening to the interior of the fenestration of the exposed sill, legs, and header of the rough opening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surface.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118B9610" w14:textId="77777777" w:rsidR="00442D6B" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00DD0B52">
-      <w:pPr>
+    <w:p w14:paraId="62B81A5B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1658"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1671" w:hanging="547"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Remove the release film, align the flashing membrane, and apply pressure to ensure positive contact. Firmly roll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lap</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>seams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adhesion.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>leave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>film</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>section that will overlap the PanelShield SA™ field membrane. Overlap seams in weatherboard format to shed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-27"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>water.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD80347" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
-        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="936"/>
+          <w:tab w:val="left" w:pos="938"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
-        <w:ind w:left="720" w:hanging="720"/>
-[...22 lines deleted...]
-        <w:t>COORDINATION OF SELF-ADHERED VAPOR PERMEABLE AIR BARRIER MEMBRANE INSTALLATION</w:t>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="C._Optional_VaproBond™_flashing_WATER_im"/>
+      <w:bookmarkStart w:id="189" w:name="3.6_VERTICAL_APPLICATIONS_SUMMARY"/>
+      <w:bookmarkStart w:id="190" w:name="A._For_vertical_applications,_align_shee"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VERTICAL APPLICATIONS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SUMMARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3308AD65" w14:textId="77777777" w:rsidR="003139DD" w:rsidRPr="00074EE0" w:rsidRDefault="003139DD" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="39029C0D" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="4"/>
-          <w:numId w:val="4"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1226"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1225" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For vertical applications, align sheets with an ‘inside’ or ‘outside’ corner to avoid wrinkles and</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="191" w:name="B._Measure_and_pre-cut_into_manageable-s"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> misalignment of subsequent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>applications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF0BD67" w14:textId="77777777" w:rsidR="003139DD" w:rsidRPr="00074EE0" w:rsidRDefault="003139DD" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t>Installation Summary:</w:t>
+    <w:p w14:paraId="34296FB9" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1225"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1224" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Measure and pre-cut into manageable-sized fully self-adhered sheets to suit the application</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="192" w:name="C._Allow_for_excess_material_at_the_bott"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="249EFDB9" w14:textId="12AEC115" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> [Not to be used on any horizontal surfaces for water holdout.]</w:t>
+    <w:p w14:paraId="34AFCD3F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1225"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1225" w:hanging="361"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Allow for excess material at the bottom of the wall to accommodate tie-ins and connections to adjacent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surfaces.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02786BDE" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> allowing for shingle laps with release film temporarily left in place as needed.</w:t>
+    <w:p w14:paraId="5761B6D6" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1228"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1227" w:hanging="361"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="D._Roll_up_pre-cut_material_lengths_with"/>
+      <w:bookmarkStart w:id="194" w:name="E._Starting_at_a_corner_of_the_roll,_pee"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Roll up pre-cut material lengths with release paper facing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OUTWARD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60CEC5F7" w14:textId="5532101B" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...34 lines deleted...]
-        <w:t xml:space="preserve">self-adhered vapor permeable air barrier sheet over the outside face of exterior sheathing board or substrate, measure and pre-cut into manageable sized sheets to suit the application conditions.  </w:t>
+    <w:p w14:paraId="5AB01E7C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1228"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1227" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Starting at a corner of the roll, peel back approximately. 6 inches (152.4 mm) of release film</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="195" w:name="F._Using_hand_pressure,_lightly_apply_th"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from across the width of the pre-cut material</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>roll.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778D75E9" w14:textId="7CA0AE9A" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...95 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="318E66B8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1228"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1227" w:hanging="361"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Using hand pressure, lightly apply the exposed adhesive surface to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>substrate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F1730B" w14:textId="77777777" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...18 lines deleted...]
-        <w:t>Stagger all end lap seams.</w:t>
+    <w:p w14:paraId="3F077B5C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1228"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1226" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="G._Allow_the_rolled-up_material_to_drop_"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Allow the rolled-up material to drop down the wall, with the remainder of the release film still attached (facing the wall), and extend down to the lowest point of the wall, checking for proper</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="197" w:name="H._Allow_for_excess_material_at_the_bott"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alignment, repositioning as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D7292A" w14:textId="531C4F1F" w:rsidR="00936A9E" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="00D06432">
-[...70 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="1D143C16" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1227"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1226" w:hanging="361"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Allow for excess material at the bottom of the wall to accommodate tie-ins and connections to</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="198" w:name="I._Align_and_position_the_fully_self-adh"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjacent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surfaces.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265304A1" w14:textId="77777777" w:rsidR="00442D6B" w:rsidRPr="00074EE0" w:rsidRDefault="00936A9E" w:rsidP="000E5031">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p w14:paraId="2C51CC4B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1227"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1226" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Align and position the fully self-adhered membrane, remove the release film, and press firmly into place. Provide a minimum 3-inch (76 mm) overlap at the side and end laps of the</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="199" w:name="J._Continue_to_remove_release_film_and_a"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membrane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59172AD8" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1227"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1226" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Continue to remove release film and apply pressure to ensure positive contact onto the wall substrate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D372E3" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1227"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1226" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="K._Install_subsequent_sheets_of_fully_se"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="002E3838">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>http://vaproshield.com/installation/instructions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the most current and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>complete installation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EB672D" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="938"/>
+          <w:tab w:val="left" w:pos="939"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...20 lines deleted...]
-        <w:t>BUILDING TRANSITION CONDITIONS</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HORIZONTAL APPLICATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E55C32" w14:textId="77777777" w:rsidR="00C25978" w:rsidRPr="00074EE0" w:rsidRDefault="00C25978" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="6BE1F4B9" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="4"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>Tie-in to structural beams, columns, floor slabs and intermittent floors, parapet curbs, foundation walls, roofing systems and at the interface of dissimilar materials with self-adhering air barrier transition and flashing membrane.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="A._For_horizontal_applications,_align_sh"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For horizontal applications, align sheets and begin installation of the water-resistive weather barrier at the bottom or lowest point of the wall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F0EBD7C" w14:textId="73C77F01" w:rsidR="00A63B19" w:rsidRPr="00074EE0" w:rsidRDefault="00C25978" w:rsidP="00DF2C88">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> (76 mm) lap on to substrates.</w:t>
+    <w:p w14:paraId="56765311" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="202" w:name="B._To_avoid_wrinkles_and_misalignment_of"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To avoid wrinkles and misalignment of subsequent applications, it is recommended to pre-mark or "Snap" a level line to work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>from.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0388174A" w14:textId="5277A27E" w:rsidR="00C25978" w:rsidRPr="00074EE0" w:rsidRDefault="00C25978" w:rsidP="00DF2C88">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> (76 mm) overlap at side and end laps of membrane and 6 inch (152.4 mm) at inside and outside corners, if joints occur at corner locations.</w:t>
+    <w:p w14:paraId="145DA8BE" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="C._Measure_and_pre-cut_into_manageable-s"/>
+      <w:bookmarkStart w:id="204" w:name="D._Allow_for_excess_material_at_the_bott"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Measure and pre-cut into manageable-sized sheets to suit the application</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conditions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F2322D" w14:textId="77777777" w:rsidR="00C25978" w:rsidRPr="00074EE0" w:rsidRDefault="00C25978" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t>Roll membrane and lap seams with roller to ensure positive contact and adhesion, immediately.</w:t>
+    <w:p w14:paraId="681F3446" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Allow for excess material at the bottom of the wall to accommodate tie-ins and connections to</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="205" w:name="E._Align_and_position_the_fully_self-adh"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adjacent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>surfaces.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647B95FA" w14:textId="77777777" w:rsidR="00C25978" w:rsidRPr="00074EE0" w:rsidRDefault="00C25978" w:rsidP="000E5031">
-[...2 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="10254490" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
-          <w:tab w:val="center" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="1083"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1081" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Align</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>self-adhered</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>film,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>press</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>firmly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>into place. Provide a minimum 3-inch (76 mm) overlap at all sides and end laps of membrane. Roll the membrane and lapped seams with a two-handed roller to ensure contact and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adhesion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C407B5" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1082"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="F._Continue_to_remove_release_film_and_a"/>
+      <w:bookmarkStart w:id="207" w:name="G._Install_subsequent_sheets_of_fully_se"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Continue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>release</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>film</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pressure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>positive</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>onto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>substrate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B68517D" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="1081" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Install subsequent sheets of fully self-adhered vapor-permeable air barrier sheets in overlapping weatherboard format. Ensure sheets lie smoothly and flat on surfaces. Roll the membrane and lapped seams with a two-handed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VaproRoller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to ensure contact and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adhesion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0B2517" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1082"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="H._Refer_to_http://vaproshield.com/insta"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refer to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="002E3838">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>http://vaproshield.com/installation/instructions</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the most current and complete installation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>instructions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029AD254" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="937"/>
+          <w:tab w:val="left" w:pos="938"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...21 lines deleted...]
-        <w:t>MECHANICAL EQUIPMENT PENETRATIONS</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="3.8_BATTENS_VENTILATION_STRIPS,_SHIMS_OR"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>BATTENS VENTILATION STRIPS, SHIMS OR MAT FOR RAINSCREEN CLADDING</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SYSTEMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74358969" w14:textId="3B573F22" w:rsidR="009F379B" w:rsidRPr="00074EE0" w:rsidRDefault="009F379B" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="08839472" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="4"/>
-          <w:numId w:val="5"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">self-adhered vapor permeable air barrier membrane. </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="A._Provide_and_install_specified_battens"/>
+      <w:bookmarkStart w:id="211" w:name="B._Install_horizontal_starter_strip_or_v"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide and install specified battens and ventilation strips under cladding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>systems.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E56912" w14:textId="1D1DD87D" w:rsidR="009F379B" w:rsidRPr="00074EE0" w:rsidRDefault="009F379B" w:rsidP="00DF2C88">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">self-adhered vapor permeable air barrier membrane must be placed in appropriate conduit and secured solid into position. </w:t>
+    <w:p w14:paraId="3AE2882C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Install horizontal starter strip or vent strip at base of wall, vertical battens, and top vent strip,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="212" w:name="C._Coordinate_spacing_of_battens_and_ven"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> secure into solid backing, ready for installation of cladding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FFCAEFB" w14:textId="77777777" w:rsidR="009F379B" w:rsidRPr="00074EE0" w:rsidRDefault="00E63CC4" w:rsidP="00DF2C88">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">manufactured flanged penetration sleeves as recommended by sleeve manufacturer.  </w:t>
+    <w:p w14:paraId="1F8ED7A5" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinate spacing of battens and vent strips to accommodate the cladding</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD1AC0D" w14:textId="1D0704C9" w:rsidR="009F379B" w:rsidRPr="00074EE0" w:rsidRDefault="009F379B" w:rsidP="00DF2C88">
-[...98 lines deleted...]
-        <w:t xml:space="preserve">to seal the air barrier membrane to ductwork or preformed flange sleeve. </w:t>
+    <w:p w14:paraId="45F38D10" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="D._Coordinate_spacing_of_VaproShim_SA™_S"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinate spacing of VaproShim SA™ Self-Adhered to accommodate cladding system attachments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C23289" w14:textId="77777777" w:rsidR="009F379B" w:rsidRPr="00074EE0" w:rsidRDefault="009F379B" w:rsidP="00DF2C88">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">For pipe penetrations, refer to manufacturer’s standard details. </w:t>
+    <w:p w14:paraId="2B777A87" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1083"/>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="E._Coordinate_attachment_of_VaproMat™_to"/>
+      <w:bookmarkStart w:id="215" w:name="3.9_FASTENING_CLIPS_AND_MASONRY_TIES"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coordinate attachment of VaproMat™ to accommodate cladding system</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>attachments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06197403" w14:textId="77777777" w:rsidR="000E4EF8" w:rsidRPr="00074EE0" w:rsidRDefault="000E4EF8" w:rsidP="00DD0B52">
-[...2 lines deleted...]
-        <w:widowControl/>
+    <w:p w14:paraId="21A44D1C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
-          <w:tab w:val="center" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
-[...21 lines deleted...]
-        <w:t>WINDOW, DOOR AND OTHER WALL OPENINGS</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FASTENING CLIPS AND MASONRY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>TIES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19843A16" w14:textId="0F2969EA" w:rsidR="007844CD" w:rsidRPr="00074EE0" w:rsidRDefault="00866F2A" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="372EEA43" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="4"/>
-          <w:numId w:val="16"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...183 lines deleted...]
-        <w:t xml:space="preserve"> around window or wall rough openings subject to the opening size and installation of window, door or louver type.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1084" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="A._Install_clips_and_masonry_ties_over_t"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Install clips and masonry ties over the primary self-adhered vapor-permeable air barrier membrane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B50ACE" w14:textId="276B4AEE" w:rsidR="007844CD" w:rsidRPr="00074EE0" w:rsidRDefault="0058160D" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="1DDDE3EF" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">transition and flashing membrane installed 2 ¾ inch (70 mm) into rough wall openings for the sill, jambs and head. </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1084"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="B._Secure_clips_and_masonry_ties_with_co"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Secure clips and masonry ties with corrosion-resistant or stainless-steel screws with gasketed fasteners.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6C25C7" w14:textId="3B4CBF98" w:rsidR="007844CD" w:rsidRPr="00074EE0" w:rsidRDefault="007844CD" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="647E0843" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> Provide lap seams in singled fashion, to shed water.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1084"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="C._Consult_VaproShield_Technical_Service"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Consult VaproShield Technical Services for recommendations on fastener treatments for Rainscreen screen cladding attachment components by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>others.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF20BD4" w14:textId="77777777" w:rsidR="007844CD" w:rsidRPr="00074EE0" w:rsidRDefault="007844CD" w:rsidP="00DF2C88">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR1"/>
+    <w:p w14:paraId="520FD445" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Rough Openings:</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="A._Make_notification_when_sections_of_wo"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FIELD QUALITY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CONTROL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBC7C5D" w14:textId="77777777" w:rsidR="007844CD" w:rsidRPr="00074EE0" w:rsidRDefault="007844CD" w:rsidP="00D06432">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR2"/>
+    <w:p w14:paraId="444F446A" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="5"/>
-          <w:numId w:val="15"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...53 lines deleted...]
-        <w:t>, a liquid-applied vapor permeable air barrier flashing material with resistance to moisture and air leakage properties compatible with the primary weather resistant air barrier membrane.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Make notification when sections of work are complete to allow review before covering the fully</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="220" w:name="B._Owner_to_engage_an_independent_consul"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> self-adhered water-resistive vapor-permeable air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CFBC609" w14:textId="5DBD7D90" w:rsidR="007844CD" w:rsidRPr="00074EE0" w:rsidRDefault="007844CD" w:rsidP="00D06432">
-[...1 lines deleted...]
-        <w:pStyle w:val="PR2"/>
+    <w:p w14:paraId="30007F2F" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="5"/>
-          <w:numId w:val="15"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> and the exposed rough opening surface. </w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Owner to engage an independent consultant to observe substrate and membrane installation before placement of cladding system(s) and provide written documentation of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>observations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E947B3" w14:textId="41A78316" w:rsidR="00CC53E5" w:rsidRPr="00074EE0" w:rsidRDefault="00CC53E5" w:rsidP="00DF2C88">
-[...30 lines deleted...]
-        <w:t>all Flashing membrane</w:t>
+    <w:p w14:paraId="1E1BFE66" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="940"/>
+          <w:tab w:val="left" w:pos="941"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="936"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PROTECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D705E64" w14:textId="77777777" w:rsidR="00CC53E5" w:rsidRPr="00074EE0" w:rsidRDefault="00CC53E5" w:rsidP="00D06432">
-[...52 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+    <w:p w14:paraId="32FB5E1B" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1084" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="221" w:name="A._Protect_wall_areas_covered_with_self-"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protect wall areas covered with self-adhered water-resistive vapor-permeable air barrier from damage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>due</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activities,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>high</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>conditions,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>extended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>exposure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>inclement</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="222" w:name="B._Review_the_condition_of_the_fully_sel"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> weather.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE1FD4B" w14:textId="77777777" w:rsidR="00CC53E5" w:rsidRPr="00074EE0" w:rsidRDefault="00CC53E5" w:rsidP="006323B5">
-[...14 lines deleted...]
-        <w:t>Press membrane firmly into place, overlap minimum 3 inches (76 mm) at all laps.  Promptly roll all surfaces using a hand roller to ensure good adhesion.</w:t>
+    <w:p w14:paraId="7055FD7C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1085"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Review the condition of the fully self-adhered water-resistive vapor-permeable air barrier before</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="223" w:name="C._Recommend_to_cap_and_protect_exposed_"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> installation of cladding. Repair, or remove and replace damaged sections with new</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-33"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>membrane.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABEED5A" w14:textId="77777777" w:rsidR="00CC53E5" w:rsidRPr="00074EE0" w:rsidRDefault="00CC53E5" w:rsidP="006323B5">
-[...30 lines deleted...]
-        <w:t>up the back-up wall.</w:t>
+    <w:p w14:paraId="2DEA696C" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Recommend to cap and protect exposed back-up walls against wet weather conditions during and after application of membrane, including wall openings and construction activity above completed fully self-adhered water-resistive vapor permeable air barrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>installations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A47DFF" w14:textId="22EC48AD" w:rsidR="00CC53E5" w:rsidRPr="00074EE0" w:rsidRDefault="00CC53E5" w:rsidP="006323B5">
-[...124 lines deleted...]
-        <w:t>sealant at the top edge.</w:t>
+    <w:p w14:paraId="14DB12F4" w14:textId="77777777" w:rsidR="007E233C" w:rsidRPr="002E3838" w:rsidRDefault="007E233C" w:rsidP="007E233C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1080" w:hanging="576"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="D._Remove_and_replace_water-resistive_we"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Remove and replace water-resistive weather barrier membrane affected by chemical spills or surfactants.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7682737A" w14:textId="77777777" w:rsidR="00CC53E5" w:rsidRPr="00074EE0" w:rsidRDefault="00CC53E5" w:rsidP="006323B5">
-[...62 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="5C664C66" w14:textId="2BA921AA" w:rsidR="002F10C0" w:rsidRPr="002E3838" w:rsidRDefault="002F10C0" w:rsidP="002F10C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1084"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="504"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3838">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>END OF SECTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05951958" w14:textId="2032AB99" w:rsidR="00D62B15" w:rsidRPr="00074EE0" w:rsidRDefault="00D62B15" w:rsidP="00D62B15">
-[...2016 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="002F10C0" w:rsidRPr="002E3838" w:rsidSect="00DD0B52">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="173" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="0" w:right="1440" w:bottom="1440" w:left="1440" w:header="360" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6425528F" w14:textId="77777777" w:rsidR="000743C5" w:rsidRDefault="000743C5">
+    <w:p w14:paraId="64AF5ABF" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A59600B" w14:textId="77777777" w:rsidR="000743C5" w:rsidRDefault="000743C5">
+    <w:p w14:paraId="4E1EB4FF" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monospac821 BT">
     <w:altName w:val="Consolas"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers-Light">
-    <w:altName w:val="Univers"/>
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2642061E" w14:textId="77777777" w:rsidR="005018C0" w:rsidRPr="00074EE0" w:rsidRDefault="005018C0" w:rsidP="005018C0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AC8E4D0" w14:textId="63B47FAC" w:rsidR="001E2E97" w:rsidRPr="002E3838" w:rsidRDefault="001E2E97" w:rsidP="008618EA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
-        <w:tab w:val="right" w:pos="9270"/>
-        <w:tab w:val="left" w:pos="10170"/>
+        <w:tab w:val="right" w:pos="10170"/>
       </w:tabs>
       <w:ind w:right="54"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00074EE0">
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t xml:space="preserve">PROJECT </w:t>
+      <w:t>PROJECT NUMBER</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00074EE0">
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>SELF-ADHERING WATER-RESISTIVE AIR BARRIER MEMBRANE</w:t>
+      <w:t xml:space="preserve">VAPOR PERMEABLE </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007E233C" w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:br/>
+      <w:t xml:space="preserve">WATER-RESISTIVE AIR </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>BARRIER</w:t>
     </w:r>
-    <w:r w:rsidRPr="00074EE0">
+  </w:p>
+  <w:p w14:paraId="27FEBEBB" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="002E3838" w:rsidRDefault="001E2E97" w:rsidP="008618EA">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="right" w:pos="10170"/>
+      </w:tabs>
+      <w:ind w:right="58"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>07 27 27.01</w:t>
+    </w:pPr>
+    <w:r w:rsidRPr="002E3838">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t xml:space="preserve">SECTION 07 27 27.01 - </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00EE185F" w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:br/>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:tab/>
-      <w:t>Date</w:t>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00EE185F" w:rsidRPr="002E3838">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00480F53" w:rsidRPr="002E3838">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00EE185F" w:rsidRPr="002E3838">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4AF74010" w14:textId="24934694" w:rsidR="005C5371" w:rsidRPr="00074EE0" w:rsidRDefault="005C5371" w:rsidP="005C5371">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="969169713"/>
+      <w:placeholder>
+        <w:docPart w:val="40DF987EC06CE346B6D230F81BC2AF4B"/>
+      </w:placeholder>
+      <w:temporary/>
+      <w:showingPlcHdr/>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="37063C8F" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRDefault="001E2E97">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+        </w:pPr>
+        <w:r>
+          <w:t>[Type here]</w:t>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="054E0C86" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="00984DEC" w:rsidRDefault="001E2E97" w:rsidP="00E241CB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
-        <w:tab w:val="right" w:pos="9270"/>
-        <w:tab w:val="left" w:pos="10170"/>
+        <w:tab w:val="center" w:pos="5040"/>
+        <w:tab w:val="right" w:pos="10170"/>
       </w:tabs>
       <w:ind w:right="54"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00074EE0">
-[...71 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="134D9E7B" w14:textId="77777777" w:rsidR="000743C5" w:rsidRDefault="000743C5">
+    <w:p w14:paraId="0A8A7D8B" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C5B9AAF" w14:textId="77777777" w:rsidR="000743C5" w:rsidRDefault="000743C5">
+    <w:p w14:paraId="37AEBACB" w14:textId="77777777" w:rsidR="002D57C3" w:rsidRDefault="002D57C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="62D37D7C" w14:textId="77777777" w:rsidR="005C5371" w:rsidRPr="00074EE0" w:rsidRDefault="005C5371" w:rsidP="005C5371">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7824DD72" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="002E3838" w:rsidRDefault="001E2E97" w:rsidP="00DD0B52">
     <w:pPr>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
       <w:spacing w:before="240"/>
-      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00074EE0">
+    <w:bookmarkStart w:id="225" w:name="_Hlk218872102"/>
+    <w:bookmarkStart w:id="226" w:name="_Hlk218872103"/>
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>SECTION 07 27 27.01</w:t>
+      <w:t>PROJECT NAME</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002E3838">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>ARCHITECTS/ENGINEERS FIRM NAME</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6681EF30" w14:textId="77777777" w:rsidR="005C5371" w:rsidRPr="00074EE0" w:rsidRDefault="005C5371" w:rsidP="005C5371">
+  <w:p w14:paraId="39504CEF" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="002E3838" w:rsidRDefault="001E2E97" w:rsidP="00DD0B52">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
-      <w:spacing w:before="240"/>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00074EE0">
+    <w:r w:rsidRPr="002E3838">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:b w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>SELF-ADHERING WATER-RESISTIVE AIR BARRIER MEMBRANE</w:t>
+      <w:t>PROJECT LOCATION</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002E3838">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>DATE OF SUBMISSION</w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="405C08AB" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="00DD0B52" w:rsidRDefault="001E2E97" w:rsidP="00DD0B52">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00A14D64">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>PROJECT NAME</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A14D64">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>ARCHITECTS/ENGINEERS FIRM NAME</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="135719BB" w14:textId="303455FC" w:rsidR="001E2E97" w:rsidRPr="005C5371" w:rsidRDefault="001E2E97" w:rsidP="005C5371">
+  <w:p w14:paraId="25C56A81" w14:textId="77777777" w:rsidR="001E2E97" w:rsidRPr="00DD0B52" w:rsidRDefault="001E2E97" w:rsidP="00DD0B52">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
       <w:rPr>
-        <w:lang w:val="en-GB"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00A14D64">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+      <w:t>PROJECT LOCATION</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A14D64">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>DATE OF SUBMISSION</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="76FAE760"/>
+    <w:tmpl w:val="171CDF4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="PRT"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART %1 - "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="SUT"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SCHEDULE %2 - "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="DST"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PRODUCT DATA SHEET %3 - "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ART"/>
       <w:lvlText w:val="%1.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="864"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="PR1"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="864"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
@@ -14002,50 +25159,184 @@
         </w:tabs>
         <w:ind w:left="2592" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="PR5"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3168"/>
         </w:tabs>
         <w:ind w:left="3168" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FDF14E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DAC4147C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="939" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="939" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1083" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1673" w:hanging="533"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2290" w:hanging="579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2300" w:hanging="579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3800" w:hanging="579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5300" w:hanging="579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6800" w:hanging="579"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B036A5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D74EE2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="PART %1 - "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SCHEDULE %2 - "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -14133,51 +25424,190 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="2592"/>
         </w:tabs>
         <w:ind w:left="2592" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3168"/>
         </w:tabs>
         <w:ind w:left="3168" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="318157BA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="61AA4EA0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1084" w:hanging="865"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1084" w:hanging="865"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1084" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1659" w:hanging="533"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2235" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2810" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5146" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6310" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7473" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34E020F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A120C8DA"/>
     <w:lvl w:ilvl="0" w:tplc="0A862050">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -14222,223 +25652,182 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6048" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6768" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57E77430"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76BCABB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="939" w:hanging="721"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="939" w:hanging="721"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="866" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1673" w:hanging="533"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...86 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2235" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="2811" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="4216" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="5612" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="7008" w:hanging="577"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EFB4A70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C066AED8"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1728" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14480,1703 +25869,1617 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6048" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6768" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1156804352">
+  <w:num w:numId="1" w16cid:durableId="1921987524">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1239287297">
+  <w:num w:numId="2" w16cid:durableId="302779670">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="960454929">
+  <w:num w:numId="3" w16cid:durableId="559481773">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="509562092">
+  <w:num w:numId="4" w16cid:durableId="838547779">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="844170592">
+  <w:num w:numId="5" w16cid:durableId="130945028">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1996834681">
+  <w:num w:numId="6" w16cid:durableId="881597262">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1293705651">
+  <w:num w:numId="7" w16cid:durableId="1901014827">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="736783411">
+  <w:num w:numId="8" w16cid:durableId="1699701604">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="309138186">
+  <w:num w:numId="9" w16cid:durableId="582031516">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="133960096">
+  <w:num w:numId="10" w16cid:durableId="1738278602">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="778643815">
+  <w:num w:numId="11" w16cid:durableId="869105123">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="837620371">
+  <w:num w:numId="12" w16cid:durableId="835995000">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="994068607">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="13" w16cid:durableId="2004698620">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="413406226">
+  <w:num w:numId="14" w16cid:durableId="552890150">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2129228555">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1278678670">
-[...2 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1416629976">
+  <w:num w:numId="16" w16cid:durableId="1350568719">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="222183343">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="17" w16cid:durableId="2017465127">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1489053310">
+  <w:num w:numId="18" w16cid:durableId="1396195369">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="979454409">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE194F"/>
     <w:rsid w:val="00003207"/>
     <w:rsid w:val="00003E7B"/>
     <w:rsid w:val="00010508"/>
     <w:rsid w:val="000110CB"/>
-    <w:rsid w:val="000123A8"/>
     <w:rsid w:val="00012DF0"/>
     <w:rsid w:val="00013E7B"/>
     <w:rsid w:val="00013F45"/>
     <w:rsid w:val="00017B49"/>
     <w:rsid w:val="0002078E"/>
     <w:rsid w:val="00020B27"/>
     <w:rsid w:val="000222E8"/>
     <w:rsid w:val="00023358"/>
     <w:rsid w:val="00024DA3"/>
     <w:rsid w:val="000266D8"/>
     <w:rsid w:val="00027432"/>
     <w:rsid w:val="00032C39"/>
     <w:rsid w:val="0003654A"/>
     <w:rsid w:val="000370D5"/>
     <w:rsid w:val="00037D03"/>
     <w:rsid w:val="00040070"/>
     <w:rsid w:val="00043605"/>
     <w:rsid w:val="00044B36"/>
     <w:rsid w:val="00045D48"/>
     <w:rsid w:val="00050CF2"/>
     <w:rsid w:val="000518D6"/>
     <w:rsid w:val="00051E87"/>
     <w:rsid w:val="0005256D"/>
     <w:rsid w:val="00052ACF"/>
     <w:rsid w:val="00055D09"/>
     <w:rsid w:val="00057A21"/>
-    <w:rsid w:val="00057B1C"/>
-    <w:rsid w:val="000601EB"/>
     <w:rsid w:val="00062957"/>
     <w:rsid w:val="0006361C"/>
     <w:rsid w:val="00063E79"/>
     <w:rsid w:val="0006419A"/>
     <w:rsid w:val="00064745"/>
     <w:rsid w:val="00064865"/>
     <w:rsid w:val="000658C6"/>
+    <w:rsid w:val="00066288"/>
     <w:rsid w:val="000667AF"/>
-    <w:rsid w:val="00070582"/>
     <w:rsid w:val="000713EA"/>
-    <w:rsid w:val="000743C5"/>
-    <w:rsid w:val="00074EE0"/>
     <w:rsid w:val="00075E9F"/>
     <w:rsid w:val="00082BC4"/>
     <w:rsid w:val="00087F6A"/>
     <w:rsid w:val="00090641"/>
     <w:rsid w:val="00090C77"/>
     <w:rsid w:val="00091083"/>
     <w:rsid w:val="0009244A"/>
     <w:rsid w:val="000931E0"/>
     <w:rsid w:val="00093692"/>
     <w:rsid w:val="000A0804"/>
     <w:rsid w:val="000A16B4"/>
     <w:rsid w:val="000A377A"/>
     <w:rsid w:val="000B147A"/>
     <w:rsid w:val="000B2EAB"/>
     <w:rsid w:val="000B34FE"/>
     <w:rsid w:val="000B43AE"/>
     <w:rsid w:val="000B45FA"/>
     <w:rsid w:val="000B5152"/>
     <w:rsid w:val="000B6326"/>
     <w:rsid w:val="000C174F"/>
     <w:rsid w:val="000C4DB7"/>
-    <w:rsid w:val="000C738D"/>
     <w:rsid w:val="000D1488"/>
     <w:rsid w:val="000D2852"/>
     <w:rsid w:val="000D2E42"/>
     <w:rsid w:val="000D3291"/>
     <w:rsid w:val="000D3480"/>
     <w:rsid w:val="000D4CC4"/>
     <w:rsid w:val="000D663B"/>
     <w:rsid w:val="000E0D10"/>
     <w:rsid w:val="000E4EF8"/>
-    <w:rsid w:val="000E5031"/>
+    <w:rsid w:val="000E6281"/>
     <w:rsid w:val="000F0835"/>
     <w:rsid w:val="000F27C3"/>
     <w:rsid w:val="000F2CD3"/>
     <w:rsid w:val="000F3B8C"/>
     <w:rsid w:val="000F594D"/>
     <w:rsid w:val="000F665A"/>
     <w:rsid w:val="000F674C"/>
     <w:rsid w:val="000F7215"/>
-    <w:rsid w:val="001014DA"/>
     <w:rsid w:val="001038F5"/>
     <w:rsid w:val="0010404E"/>
     <w:rsid w:val="001061CD"/>
     <w:rsid w:val="00106DBE"/>
     <w:rsid w:val="00107882"/>
     <w:rsid w:val="001104BF"/>
     <w:rsid w:val="00110513"/>
     <w:rsid w:val="001112FD"/>
     <w:rsid w:val="00113BBF"/>
     <w:rsid w:val="001169E1"/>
-    <w:rsid w:val="0012214C"/>
     <w:rsid w:val="00122194"/>
     <w:rsid w:val="00124384"/>
     <w:rsid w:val="00125427"/>
     <w:rsid w:val="00125FF7"/>
     <w:rsid w:val="00127F8A"/>
     <w:rsid w:val="001306AC"/>
     <w:rsid w:val="00130BB5"/>
     <w:rsid w:val="0013151C"/>
     <w:rsid w:val="0013288F"/>
     <w:rsid w:val="001328A8"/>
     <w:rsid w:val="00133C4E"/>
-    <w:rsid w:val="001346AC"/>
     <w:rsid w:val="00136990"/>
     <w:rsid w:val="001370EC"/>
-    <w:rsid w:val="00141636"/>
     <w:rsid w:val="00142C2D"/>
     <w:rsid w:val="001435DB"/>
     <w:rsid w:val="00143C26"/>
     <w:rsid w:val="001465BE"/>
     <w:rsid w:val="0015215F"/>
     <w:rsid w:val="0015309A"/>
     <w:rsid w:val="001532F1"/>
-    <w:rsid w:val="00153CC0"/>
     <w:rsid w:val="00154597"/>
-    <w:rsid w:val="001605DA"/>
     <w:rsid w:val="00162CCE"/>
     <w:rsid w:val="00164D5D"/>
+    <w:rsid w:val="001656D7"/>
     <w:rsid w:val="001657DA"/>
     <w:rsid w:val="00167D12"/>
     <w:rsid w:val="00170C84"/>
     <w:rsid w:val="001710CC"/>
     <w:rsid w:val="00172696"/>
     <w:rsid w:val="00173928"/>
     <w:rsid w:val="0017490C"/>
     <w:rsid w:val="00175B3B"/>
     <w:rsid w:val="00176D69"/>
     <w:rsid w:val="00176EEB"/>
     <w:rsid w:val="00182CCB"/>
     <w:rsid w:val="0018509C"/>
     <w:rsid w:val="00186C75"/>
     <w:rsid w:val="00186D33"/>
     <w:rsid w:val="00196398"/>
     <w:rsid w:val="001A1BD2"/>
     <w:rsid w:val="001A3A71"/>
     <w:rsid w:val="001A3D63"/>
     <w:rsid w:val="001A4EA7"/>
     <w:rsid w:val="001A5260"/>
     <w:rsid w:val="001A5EF5"/>
     <w:rsid w:val="001A6C81"/>
     <w:rsid w:val="001A71D6"/>
     <w:rsid w:val="001B49B6"/>
     <w:rsid w:val="001B7860"/>
     <w:rsid w:val="001B7C82"/>
     <w:rsid w:val="001C0136"/>
     <w:rsid w:val="001C2854"/>
     <w:rsid w:val="001C4058"/>
     <w:rsid w:val="001C4494"/>
     <w:rsid w:val="001C6C81"/>
     <w:rsid w:val="001C7498"/>
     <w:rsid w:val="001C7C09"/>
     <w:rsid w:val="001D4D79"/>
     <w:rsid w:val="001E09D1"/>
     <w:rsid w:val="001E2E97"/>
     <w:rsid w:val="001E7CDE"/>
     <w:rsid w:val="001F02E7"/>
+    <w:rsid w:val="00204D33"/>
     <w:rsid w:val="002061F5"/>
     <w:rsid w:val="0020699B"/>
     <w:rsid w:val="00207064"/>
-    <w:rsid w:val="002074C1"/>
     <w:rsid w:val="00210A2C"/>
     <w:rsid w:val="00210A8E"/>
     <w:rsid w:val="0021154E"/>
     <w:rsid w:val="002116C6"/>
     <w:rsid w:val="0021251E"/>
     <w:rsid w:val="00212BC5"/>
     <w:rsid w:val="00212FD6"/>
-    <w:rsid w:val="00214452"/>
     <w:rsid w:val="00214D2F"/>
     <w:rsid w:val="0021657C"/>
     <w:rsid w:val="0022105B"/>
     <w:rsid w:val="002215F3"/>
-    <w:rsid w:val="00222DDF"/>
     <w:rsid w:val="00225479"/>
     <w:rsid w:val="00225FE3"/>
     <w:rsid w:val="00242173"/>
     <w:rsid w:val="002423EA"/>
     <w:rsid w:val="002424F1"/>
     <w:rsid w:val="00242929"/>
     <w:rsid w:val="002438E9"/>
     <w:rsid w:val="002456FA"/>
-    <w:rsid w:val="00245B65"/>
     <w:rsid w:val="0024628F"/>
     <w:rsid w:val="00247DE0"/>
     <w:rsid w:val="00250683"/>
     <w:rsid w:val="00251312"/>
     <w:rsid w:val="0025235A"/>
     <w:rsid w:val="0025278A"/>
     <w:rsid w:val="002527AE"/>
     <w:rsid w:val="00253BEC"/>
     <w:rsid w:val="0025406F"/>
     <w:rsid w:val="00255A4F"/>
     <w:rsid w:val="00255E7D"/>
     <w:rsid w:val="00256918"/>
     <w:rsid w:val="00260A95"/>
     <w:rsid w:val="00261752"/>
     <w:rsid w:val="002634F5"/>
     <w:rsid w:val="002665F6"/>
     <w:rsid w:val="00271854"/>
     <w:rsid w:val="00272550"/>
     <w:rsid w:val="00276C71"/>
-    <w:rsid w:val="00277DE6"/>
     <w:rsid w:val="00281EB0"/>
     <w:rsid w:val="0028448F"/>
     <w:rsid w:val="00285858"/>
-    <w:rsid w:val="00286430"/>
     <w:rsid w:val="00286838"/>
     <w:rsid w:val="002874DA"/>
     <w:rsid w:val="00291E1E"/>
     <w:rsid w:val="002935D7"/>
     <w:rsid w:val="002974A7"/>
     <w:rsid w:val="00297FFD"/>
     <w:rsid w:val="002A34EF"/>
     <w:rsid w:val="002A3E9E"/>
     <w:rsid w:val="002A6A56"/>
     <w:rsid w:val="002A7838"/>
     <w:rsid w:val="002A7D69"/>
     <w:rsid w:val="002B0865"/>
     <w:rsid w:val="002B18E9"/>
     <w:rsid w:val="002B33D1"/>
     <w:rsid w:val="002B481A"/>
     <w:rsid w:val="002B4EC5"/>
     <w:rsid w:val="002B62E2"/>
     <w:rsid w:val="002B6B05"/>
     <w:rsid w:val="002C5C2C"/>
     <w:rsid w:val="002D1CAF"/>
     <w:rsid w:val="002D1E89"/>
     <w:rsid w:val="002D265E"/>
     <w:rsid w:val="002D46C5"/>
+    <w:rsid w:val="002D57C3"/>
     <w:rsid w:val="002D5D36"/>
     <w:rsid w:val="002E3643"/>
+    <w:rsid w:val="002E3838"/>
     <w:rsid w:val="002E3F20"/>
     <w:rsid w:val="002E4A06"/>
     <w:rsid w:val="002E5EA6"/>
     <w:rsid w:val="002E725C"/>
+    <w:rsid w:val="002F10C0"/>
     <w:rsid w:val="002F2301"/>
     <w:rsid w:val="002F2B5A"/>
     <w:rsid w:val="002F35FC"/>
     <w:rsid w:val="002F3CEB"/>
     <w:rsid w:val="002F3FED"/>
     <w:rsid w:val="002F4C86"/>
     <w:rsid w:val="002F7AC8"/>
     <w:rsid w:val="003014C2"/>
     <w:rsid w:val="003023BE"/>
-    <w:rsid w:val="00303BA8"/>
     <w:rsid w:val="00307326"/>
     <w:rsid w:val="00307657"/>
     <w:rsid w:val="003117C2"/>
     <w:rsid w:val="003139DD"/>
     <w:rsid w:val="0031728C"/>
     <w:rsid w:val="003231EA"/>
     <w:rsid w:val="0032431B"/>
     <w:rsid w:val="003248FE"/>
     <w:rsid w:val="00324D45"/>
     <w:rsid w:val="00327135"/>
     <w:rsid w:val="0033244F"/>
     <w:rsid w:val="00332C15"/>
     <w:rsid w:val="00332E09"/>
     <w:rsid w:val="00334718"/>
-    <w:rsid w:val="0033597D"/>
     <w:rsid w:val="003409A5"/>
     <w:rsid w:val="00341EA0"/>
     <w:rsid w:val="00341FF5"/>
     <w:rsid w:val="00344AD0"/>
     <w:rsid w:val="0034635D"/>
     <w:rsid w:val="00350D0A"/>
     <w:rsid w:val="00355860"/>
     <w:rsid w:val="00357C6B"/>
     <w:rsid w:val="003605AE"/>
     <w:rsid w:val="00360713"/>
     <w:rsid w:val="0036135A"/>
     <w:rsid w:val="003621D8"/>
-    <w:rsid w:val="003653B1"/>
+    <w:rsid w:val="00363C79"/>
     <w:rsid w:val="00370675"/>
     <w:rsid w:val="00372BAE"/>
     <w:rsid w:val="00372D59"/>
     <w:rsid w:val="00372E8C"/>
     <w:rsid w:val="0037565A"/>
     <w:rsid w:val="00375FDD"/>
     <w:rsid w:val="00386A84"/>
     <w:rsid w:val="00386C5B"/>
     <w:rsid w:val="003878FE"/>
     <w:rsid w:val="00387EF1"/>
     <w:rsid w:val="0039449E"/>
-    <w:rsid w:val="00396030"/>
     <w:rsid w:val="00396D6D"/>
     <w:rsid w:val="003A1B0E"/>
     <w:rsid w:val="003A1E22"/>
     <w:rsid w:val="003A304A"/>
     <w:rsid w:val="003B4D10"/>
-    <w:rsid w:val="003B5F66"/>
     <w:rsid w:val="003B6FA2"/>
-    <w:rsid w:val="003B79A2"/>
     <w:rsid w:val="003B7D2C"/>
     <w:rsid w:val="003C18D7"/>
     <w:rsid w:val="003C2AB0"/>
     <w:rsid w:val="003C2B58"/>
-    <w:rsid w:val="003D31E3"/>
-    <w:rsid w:val="003D32E1"/>
     <w:rsid w:val="003D3B88"/>
     <w:rsid w:val="003D4254"/>
-    <w:rsid w:val="003D490D"/>
     <w:rsid w:val="003D5EAD"/>
     <w:rsid w:val="003D698C"/>
     <w:rsid w:val="003E166D"/>
     <w:rsid w:val="003E526A"/>
     <w:rsid w:val="003E70FF"/>
     <w:rsid w:val="003F30F8"/>
     <w:rsid w:val="003F4A24"/>
     <w:rsid w:val="003F531D"/>
     <w:rsid w:val="003F5412"/>
     <w:rsid w:val="003F6609"/>
     <w:rsid w:val="004017EB"/>
     <w:rsid w:val="00401A92"/>
     <w:rsid w:val="00403780"/>
     <w:rsid w:val="00403A49"/>
     <w:rsid w:val="004106DB"/>
     <w:rsid w:val="0041240D"/>
-    <w:rsid w:val="00414B57"/>
     <w:rsid w:val="004164E1"/>
     <w:rsid w:val="00420019"/>
     <w:rsid w:val="00425181"/>
     <w:rsid w:val="00431A41"/>
     <w:rsid w:val="00432A89"/>
-    <w:rsid w:val="004337B0"/>
     <w:rsid w:val="00433F31"/>
     <w:rsid w:val="00434D04"/>
     <w:rsid w:val="00435330"/>
     <w:rsid w:val="00442947"/>
     <w:rsid w:val="00442D6B"/>
     <w:rsid w:val="00445FF0"/>
     <w:rsid w:val="00447DEB"/>
     <w:rsid w:val="00454DDA"/>
     <w:rsid w:val="00456200"/>
     <w:rsid w:val="0046230D"/>
     <w:rsid w:val="00464CDF"/>
     <w:rsid w:val="0046632E"/>
     <w:rsid w:val="00470C39"/>
-    <w:rsid w:val="00476F79"/>
     <w:rsid w:val="00477821"/>
+    <w:rsid w:val="00480F53"/>
     <w:rsid w:val="00483D6D"/>
-    <w:rsid w:val="0048513C"/>
     <w:rsid w:val="00491C7C"/>
     <w:rsid w:val="00491FD0"/>
     <w:rsid w:val="004929C9"/>
     <w:rsid w:val="00493A08"/>
     <w:rsid w:val="00494335"/>
     <w:rsid w:val="00496151"/>
     <w:rsid w:val="004968FD"/>
     <w:rsid w:val="004A1431"/>
     <w:rsid w:val="004A31D6"/>
     <w:rsid w:val="004B0BA0"/>
     <w:rsid w:val="004B5737"/>
     <w:rsid w:val="004B6C3F"/>
     <w:rsid w:val="004B6D01"/>
     <w:rsid w:val="004C0C5D"/>
     <w:rsid w:val="004C4817"/>
     <w:rsid w:val="004C4FEB"/>
     <w:rsid w:val="004C752D"/>
     <w:rsid w:val="004C7F73"/>
     <w:rsid w:val="004D26A2"/>
-    <w:rsid w:val="004D2ECA"/>
     <w:rsid w:val="004D387C"/>
     <w:rsid w:val="004E123A"/>
     <w:rsid w:val="004E202A"/>
     <w:rsid w:val="004E31B0"/>
     <w:rsid w:val="004E527F"/>
     <w:rsid w:val="004E6838"/>
-    <w:rsid w:val="004E6A1F"/>
     <w:rsid w:val="004E7A97"/>
     <w:rsid w:val="004E7BDB"/>
     <w:rsid w:val="004F0FE9"/>
     <w:rsid w:val="004F111F"/>
     <w:rsid w:val="004F46B3"/>
     <w:rsid w:val="004F584B"/>
     <w:rsid w:val="00500522"/>
-    <w:rsid w:val="005018C0"/>
     <w:rsid w:val="00501AAE"/>
-    <w:rsid w:val="005024CC"/>
     <w:rsid w:val="00502598"/>
     <w:rsid w:val="00505F7B"/>
     <w:rsid w:val="00511025"/>
     <w:rsid w:val="00512291"/>
     <w:rsid w:val="00525208"/>
+    <w:rsid w:val="00526819"/>
     <w:rsid w:val="00530823"/>
     <w:rsid w:val="00533947"/>
-    <w:rsid w:val="00536671"/>
     <w:rsid w:val="00536E40"/>
     <w:rsid w:val="00536EED"/>
     <w:rsid w:val="00537891"/>
-    <w:rsid w:val="0054168F"/>
     <w:rsid w:val="0054193C"/>
     <w:rsid w:val="00542436"/>
-    <w:rsid w:val="00544880"/>
     <w:rsid w:val="005448D5"/>
     <w:rsid w:val="00544D4B"/>
     <w:rsid w:val="005451DE"/>
     <w:rsid w:val="0054766A"/>
     <w:rsid w:val="0055283D"/>
-    <w:rsid w:val="0055339A"/>
     <w:rsid w:val="00553E24"/>
     <w:rsid w:val="005546F2"/>
     <w:rsid w:val="005549DF"/>
     <w:rsid w:val="00561EB3"/>
     <w:rsid w:val="005642BC"/>
     <w:rsid w:val="00565E31"/>
     <w:rsid w:val="00566E9D"/>
     <w:rsid w:val="00572114"/>
     <w:rsid w:val="0057289A"/>
     <w:rsid w:val="00573A9C"/>
     <w:rsid w:val="005762AF"/>
     <w:rsid w:val="00580F62"/>
-    <w:rsid w:val="0058160D"/>
     <w:rsid w:val="00582200"/>
-    <w:rsid w:val="0058298F"/>
-    <w:rsid w:val="00585BF8"/>
     <w:rsid w:val="00586972"/>
     <w:rsid w:val="005921DD"/>
     <w:rsid w:val="0059237F"/>
     <w:rsid w:val="005929C9"/>
     <w:rsid w:val="00592A1C"/>
+    <w:rsid w:val="00596D1A"/>
     <w:rsid w:val="005A20CE"/>
     <w:rsid w:val="005A2185"/>
     <w:rsid w:val="005A3136"/>
     <w:rsid w:val="005A36A4"/>
     <w:rsid w:val="005A40DB"/>
-    <w:rsid w:val="005A5065"/>
     <w:rsid w:val="005A54E1"/>
     <w:rsid w:val="005A5A36"/>
     <w:rsid w:val="005A6947"/>
     <w:rsid w:val="005B0938"/>
     <w:rsid w:val="005B1242"/>
     <w:rsid w:val="005B3957"/>
     <w:rsid w:val="005B40C2"/>
     <w:rsid w:val="005B4615"/>
     <w:rsid w:val="005B6494"/>
     <w:rsid w:val="005B7D0B"/>
     <w:rsid w:val="005C2B6B"/>
     <w:rsid w:val="005C2E4B"/>
     <w:rsid w:val="005C49F2"/>
     <w:rsid w:val="005C4EFF"/>
-    <w:rsid w:val="005C5371"/>
     <w:rsid w:val="005C6823"/>
     <w:rsid w:val="005D4059"/>
     <w:rsid w:val="005D495F"/>
     <w:rsid w:val="005D7A4B"/>
-    <w:rsid w:val="005E0837"/>
     <w:rsid w:val="005E4675"/>
     <w:rsid w:val="005E4E23"/>
     <w:rsid w:val="005E7ACE"/>
     <w:rsid w:val="005F3CF2"/>
     <w:rsid w:val="005F3D97"/>
     <w:rsid w:val="005F4872"/>
     <w:rsid w:val="005F59E0"/>
     <w:rsid w:val="005F6AB9"/>
     <w:rsid w:val="00604798"/>
     <w:rsid w:val="00612ADA"/>
-    <w:rsid w:val="00612B9B"/>
     <w:rsid w:val="006131F8"/>
     <w:rsid w:val="00615A6D"/>
-    <w:rsid w:val="0061788C"/>
     <w:rsid w:val="00621259"/>
     <w:rsid w:val="00627577"/>
     <w:rsid w:val="00631279"/>
-    <w:rsid w:val="006323B5"/>
     <w:rsid w:val="0063275F"/>
     <w:rsid w:val="00635442"/>
     <w:rsid w:val="0063549F"/>
     <w:rsid w:val="006413EA"/>
-    <w:rsid w:val="006423A0"/>
     <w:rsid w:val="0064414F"/>
-    <w:rsid w:val="0064790E"/>
     <w:rsid w:val="00647C86"/>
     <w:rsid w:val="00647E08"/>
     <w:rsid w:val="006518CA"/>
     <w:rsid w:val="00653311"/>
     <w:rsid w:val="00653B79"/>
     <w:rsid w:val="00653DDC"/>
     <w:rsid w:val="00655449"/>
-    <w:rsid w:val="006569CE"/>
-    <w:rsid w:val="00662421"/>
     <w:rsid w:val="00663672"/>
+    <w:rsid w:val="006645D3"/>
     <w:rsid w:val="00664BD2"/>
     <w:rsid w:val="006664E3"/>
     <w:rsid w:val="00666DF3"/>
     <w:rsid w:val="0067040A"/>
     <w:rsid w:val="0067248C"/>
     <w:rsid w:val="00672C9A"/>
     <w:rsid w:val="006737C3"/>
     <w:rsid w:val="006772DE"/>
     <w:rsid w:val="00685337"/>
     <w:rsid w:val="00690448"/>
     <w:rsid w:val="0069058D"/>
     <w:rsid w:val="00692FC9"/>
-    <w:rsid w:val="00693208"/>
     <w:rsid w:val="00694122"/>
     <w:rsid w:val="00696DE2"/>
     <w:rsid w:val="006A0A68"/>
     <w:rsid w:val="006A1586"/>
     <w:rsid w:val="006A384D"/>
     <w:rsid w:val="006A5024"/>
     <w:rsid w:val="006A5F73"/>
+    <w:rsid w:val="006A60E3"/>
     <w:rsid w:val="006A7E93"/>
     <w:rsid w:val="006A7E9B"/>
     <w:rsid w:val="006B0B78"/>
     <w:rsid w:val="006B20A0"/>
     <w:rsid w:val="006B681A"/>
     <w:rsid w:val="006B68C5"/>
     <w:rsid w:val="006C2327"/>
-    <w:rsid w:val="006C4D1D"/>
     <w:rsid w:val="006C5859"/>
     <w:rsid w:val="006D03D8"/>
     <w:rsid w:val="006D0F1A"/>
     <w:rsid w:val="006D3938"/>
     <w:rsid w:val="006D41F9"/>
     <w:rsid w:val="006D5247"/>
     <w:rsid w:val="006D642B"/>
     <w:rsid w:val="006D6463"/>
     <w:rsid w:val="006E16CC"/>
     <w:rsid w:val="006E4549"/>
-    <w:rsid w:val="006E4668"/>
     <w:rsid w:val="006E5A21"/>
+    <w:rsid w:val="006E6EE7"/>
     <w:rsid w:val="006F1E04"/>
     <w:rsid w:val="006F2219"/>
     <w:rsid w:val="006F2C46"/>
     <w:rsid w:val="006F2E24"/>
     <w:rsid w:val="006F30AA"/>
     <w:rsid w:val="006F69EB"/>
-    <w:rsid w:val="006F6FE3"/>
     <w:rsid w:val="0070243F"/>
+    <w:rsid w:val="00703181"/>
     <w:rsid w:val="00703C5D"/>
-    <w:rsid w:val="00705AF3"/>
     <w:rsid w:val="00711AA0"/>
     <w:rsid w:val="007122C7"/>
     <w:rsid w:val="00714FDF"/>
-    <w:rsid w:val="00715A68"/>
     <w:rsid w:val="00715E7C"/>
     <w:rsid w:val="0072005A"/>
     <w:rsid w:val="00721299"/>
     <w:rsid w:val="007229DD"/>
     <w:rsid w:val="007257ED"/>
     <w:rsid w:val="0072749E"/>
     <w:rsid w:val="007302CA"/>
     <w:rsid w:val="00730E24"/>
     <w:rsid w:val="0073194B"/>
-    <w:rsid w:val="00733182"/>
     <w:rsid w:val="00734B19"/>
     <w:rsid w:val="00734B6E"/>
-    <w:rsid w:val="00741F39"/>
     <w:rsid w:val="00747584"/>
     <w:rsid w:val="00747ECC"/>
     <w:rsid w:val="00751A69"/>
     <w:rsid w:val="0075290A"/>
     <w:rsid w:val="007538BA"/>
     <w:rsid w:val="007547BB"/>
-    <w:rsid w:val="0075528F"/>
     <w:rsid w:val="0075535E"/>
     <w:rsid w:val="00755370"/>
     <w:rsid w:val="0075556F"/>
     <w:rsid w:val="007565A2"/>
     <w:rsid w:val="00756DE0"/>
-    <w:rsid w:val="00762130"/>
     <w:rsid w:val="007651CC"/>
-    <w:rsid w:val="00767D3C"/>
     <w:rsid w:val="00770AD6"/>
     <w:rsid w:val="0077292E"/>
+    <w:rsid w:val="007763C0"/>
     <w:rsid w:val="0078232D"/>
     <w:rsid w:val="00784260"/>
     <w:rsid w:val="007844CD"/>
     <w:rsid w:val="0078514F"/>
     <w:rsid w:val="007862B7"/>
     <w:rsid w:val="007910FF"/>
     <w:rsid w:val="00791B0E"/>
     <w:rsid w:val="00792717"/>
     <w:rsid w:val="00793AB7"/>
     <w:rsid w:val="00795901"/>
     <w:rsid w:val="007968C6"/>
     <w:rsid w:val="007969A1"/>
     <w:rsid w:val="00797DCC"/>
     <w:rsid w:val="007A1489"/>
     <w:rsid w:val="007A53E3"/>
     <w:rsid w:val="007A540F"/>
     <w:rsid w:val="007A5B28"/>
     <w:rsid w:val="007A7A01"/>
-    <w:rsid w:val="007B4C5B"/>
     <w:rsid w:val="007B6400"/>
     <w:rsid w:val="007B67F8"/>
     <w:rsid w:val="007B75C9"/>
     <w:rsid w:val="007C09FD"/>
     <w:rsid w:val="007C601B"/>
     <w:rsid w:val="007C7D9F"/>
     <w:rsid w:val="007D01DF"/>
-    <w:rsid w:val="007D26AD"/>
     <w:rsid w:val="007D3890"/>
     <w:rsid w:val="007D5946"/>
     <w:rsid w:val="007E19DA"/>
     <w:rsid w:val="007E22A1"/>
+    <w:rsid w:val="007E233C"/>
     <w:rsid w:val="007E2F9A"/>
     <w:rsid w:val="007E4BD9"/>
     <w:rsid w:val="007E5453"/>
     <w:rsid w:val="007E55F7"/>
-    <w:rsid w:val="007E756C"/>
     <w:rsid w:val="007E79F2"/>
-    <w:rsid w:val="007F1AA7"/>
     <w:rsid w:val="007F2A6F"/>
     <w:rsid w:val="007F6E9F"/>
     <w:rsid w:val="007F7328"/>
     <w:rsid w:val="00800A9C"/>
     <w:rsid w:val="008030AE"/>
     <w:rsid w:val="00804445"/>
     <w:rsid w:val="00805CC1"/>
     <w:rsid w:val="00810882"/>
     <w:rsid w:val="0081341A"/>
     <w:rsid w:val="008134A4"/>
     <w:rsid w:val="00814100"/>
     <w:rsid w:val="0081555A"/>
     <w:rsid w:val="008241DD"/>
     <w:rsid w:val="0082448E"/>
     <w:rsid w:val="00824AF1"/>
     <w:rsid w:val="00827479"/>
     <w:rsid w:val="008325AB"/>
     <w:rsid w:val="0083315C"/>
     <w:rsid w:val="008421A2"/>
     <w:rsid w:val="008425AB"/>
     <w:rsid w:val="008434D7"/>
     <w:rsid w:val="008442D8"/>
     <w:rsid w:val="0084505A"/>
     <w:rsid w:val="00845AFE"/>
     <w:rsid w:val="00846C66"/>
     <w:rsid w:val="008472D8"/>
     <w:rsid w:val="00847B7A"/>
     <w:rsid w:val="0085097F"/>
     <w:rsid w:val="00851011"/>
     <w:rsid w:val="00852228"/>
     <w:rsid w:val="008548C9"/>
     <w:rsid w:val="00855366"/>
     <w:rsid w:val="0085559C"/>
-    <w:rsid w:val="008578A1"/>
     <w:rsid w:val="00857BDD"/>
+    <w:rsid w:val="008618EA"/>
     <w:rsid w:val="008620F2"/>
     <w:rsid w:val="00863846"/>
     <w:rsid w:val="00866179"/>
-    <w:rsid w:val="008668A7"/>
-    <w:rsid w:val="00866F2A"/>
     <w:rsid w:val="0087073A"/>
     <w:rsid w:val="00871B28"/>
     <w:rsid w:val="0087430F"/>
     <w:rsid w:val="00876460"/>
     <w:rsid w:val="0088079F"/>
     <w:rsid w:val="0088111F"/>
     <w:rsid w:val="0088778B"/>
     <w:rsid w:val="00890269"/>
     <w:rsid w:val="00890598"/>
     <w:rsid w:val="008937B8"/>
     <w:rsid w:val="00893D31"/>
     <w:rsid w:val="008A0CFB"/>
     <w:rsid w:val="008A1369"/>
+    <w:rsid w:val="008A2C13"/>
     <w:rsid w:val="008A44B9"/>
-    <w:rsid w:val="008A5829"/>
     <w:rsid w:val="008A5982"/>
+    <w:rsid w:val="008A6648"/>
     <w:rsid w:val="008A71CB"/>
     <w:rsid w:val="008B04BD"/>
     <w:rsid w:val="008B090C"/>
     <w:rsid w:val="008B6413"/>
     <w:rsid w:val="008C013E"/>
     <w:rsid w:val="008C47E5"/>
     <w:rsid w:val="008C5E06"/>
     <w:rsid w:val="008C77C0"/>
     <w:rsid w:val="008C7D0C"/>
     <w:rsid w:val="008D196E"/>
-    <w:rsid w:val="008D3864"/>
     <w:rsid w:val="008D605B"/>
     <w:rsid w:val="008E0444"/>
     <w:rsid w:val="008E1784"/>
     <w:rsid w:val="008E1DC5"/>
     <w:rsid w:val="008E370C"/>
     <w:rsid w:val="008F0970"/>
+    <w:rsid w:val="008F1617"/>
     <w:rsid w:val="008F1B28"/>
     <w:rsid w:val="008F1FE9"/>
     <w:rsid w:val="008F46EB"/>
     <w:rsid w:val="008F49E3"/>
     <w:rsid w:val="008F50B2"/>
     <w:rsid w:val="008F62B9"/>
     <w:rsid w:val="008F6546"/>
     <w:rsid w:val="00900275"/>
     <w:rsid w:val="0090125B"/>
     <w:rsid w:val="009030BA"/>
     <w:rsid w:val="00903E61"/>
     <w:rsid w:val="0090453D"/>
     <w:rsid w:val="00906A49"/>
     <w:rsid w:val="00906C05"/>
     <w:rsid w:val="00911EC2"/>
-    <w:rsid w:val="009147A2"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="00916F48"/>
     <w:rsid w:val="00925CDF"/>
     <w:rsid w:val="00926C6E"/>
     <w:rsid w:val="009311AE"/>
     <w:rsid w:val="00931874"/>
     <w:rsid w:val="0093196D"/>
     <w:rsid w:val="009323C9"/>
-    <w:rsid w:val="00932EA5"/>
     <w:rsid w:val="009330F8"/>
     <w:rsid w:val="0093351E"/>
     <w:rsid w:val="00933A54"/>
     <w:rsid w:val="00934B31"/>
     <w:rsid w:val="0093545A"/>
     <w:rsid w:val="00936A9E"/>
     <w:rsid w:val="00945B5D"/>
     <w:rsid w:val="00945BBE"/>
     <w:rsid w:val="00945E84"/>
+    <w:rsid w:val="009461A8"/>
     <w:rsid w:val="009475AB"/>
+    <w:rsid w:val="00947A1A"/>
     <w:rsid w:val="00947BD9"/>
     <w:rsid w:val="00950C47"/>
     <w:rsid w:val="009510D6"/>
     <w:rsid w:val="00953093"/>
     <w:rsid w:val="0095485D"/>
     <w:rsid w:val="0095517B"/>
     <w:rsid w:val="009613B0"/>
     <w:rsid w:val="00963871"/>
     <w:rsid w:val="00963DEE"/>
     <w:rsid w:val="009677F9"/>
     <w:rsid w:val="0097115D"/>
-    <w:rsid w:val="0097310C"/>
     <w:rsid w:val="00973877"/>
     <w:rsid w:val="009739DC"/>
     <w:rsid w:val="00974E66"/>
     <w:rsid w:val="00975CA7"/>
     <w:rsid w:val="0097601C"/>
     <w:rsid w:val="00984DEC"/>
     <w:rsid w:val="0099382D"/>
     <w:rsid w:val="00995154"/>
     <w:rsid w:val="00995191"/>
     <w:rsid w:val="0099730E"/>
     <w:rsid w:val="00997E2B"/>
-    <w:rsid w:val="009A098A"/>
     <w:rsid w:val="009A0FF7"/>
     <w:rsid w:val="009A140F"/>
     <w:rsid w:val="009A2BCA"/>
     <w:rsid w:val="009A58F0"/>
     <w:rsid w:val="009A5909"/>
+    <w:rsid w:val="009A5DA8"/>
     <w:rsid w:val="009A6BB7"/>
+    <w:rsid w:val="009A72C6"/>
     <w:rsid w:val="009A770E"/>
     <w:rsid w:val="009B00FC"/>
+    <w:rsid w:val="009B1D55"/>
     <w:rsid w:val="009B24FA"/>
     <w:rsid w:val="009B7FAB"/>
     <w:rsid w:val="009C1AE0"/>
     <w:rsid w:val="009C333A"/>
     <w:rsid w:val="009C43B7"/>
     <w:rsid w:val="009C4624"/>
     <w:rsid w:val="009D04CB"/>
     <w:rsid w:val="009D17BC"/>
     <w:rsid w:val="009D1E7F"/>
     <w:rsid w:val="009D412B"/>
     <w:rsid w:val="009D485E"/>
     <w:rsid w:val="009D597C"/>
     <w:rsid w:val="009D5CDF"/>
     <w:rsid w:val="009D6C0A"/>
     <w:rsid w:val="009E011A"/>
-    <w:rsid w:val="009E06A6"/>
     <w:rsid w:val="009E07E4"/>
     <w:rsid w:val="009E2FC9"/>
     <w:rsid w:val="009E5DF7"/>
     <w:rsid w:val="009E6CBF"/>
     <w:rsid w:val="009E749C"/>
     <w:rsid w:val="009F200C"/>
     <w:rsid w:val="009F230D"/>
     <w:rsid w:val="009F379B"/>
     <w:rsid w:val="009F6974"/>
     <w:rsid w:val="00A030DF"/>
     <w:rsid w:val="00A07927"/>
-    <w:rsid w:val="00A1079D"/>
     <w:rsid w:val="00A11941"/>
     <w:rsid w:val="00A14331"/>
     <w:rsid w:val="00A14D64"/>
     <w:rsid w:val="00A15A1A"/>
     <w:rsid w:val="00A16608"/>
     <w:rsid w:val="00A2117B"/>
     <w:rsid w:val="00A248BE"/>
     <w:rsid w:val="00A24CD2"/>
     <w:rsid w:val="00A2572F"/>
     <w:rsid w:val="00A2608C"/>
     <w:rsid w:val="00A30F5B"/>
     <w:rsid w:val="00A31C19"/>
     <w:rsid w:val="00A31EBC"/>
     <w:rsid w:val="00A37163"/>
     <w:rsid w:val="00A43C75"/>
+    <w:rsid w:val="00A44BFE"/>
     <w:rsid w:val="00A459C7"/>
     <w:rsid w:val="00A55757"/>
+    <w:rsid w:val="00A558F8"/>
     <w:rsid w:val="00A63B19"/>
     <w:rsid w:val="00A64CBB"/>
     <w:rsid w:val="00A653CC"/>
     <w:rsid w:val="00A663B0"/>
     <w:rsid w:val="00A67A9D"/>
     <w:rsid w:val="00A7132B"/>
     <w:rsid w:val="00A75214"/>
     <w:rsid w:val="00A80FA1"/>
     <w:rsid w:val="00A81228"/>
     <w:rsid w:val="00A81CB5"/>
     <w:rsid w:val="00A830D1"/>
     <w:rsid w:val="00A844F5"/>
     <w:rsid w:val="00A85142"/>
-    <w:rsid w:val="00A85394"/>
     <w:rsid w:val="00A8554F"/>
     <w:rsid w:val="00A919E8"/>
     <w:rsid w:val="00A9441F"/>
     <w:rsid w:val="00A95F66"/>
     <w:rsid w:val="00A9646F"/>
     <w:rsid w:val="00AA0524"/>
     <w:rsid w:val="00AA1288"/>
     <w:rsid w:val="00AA142D"/>
     <w:rsid w:val="00AA194B"/>
     <w:rsid w:val="00AA2542"/>
     <w:rsid w:val="00AA3582"/>
-    <w:rsid w:val="00AA3B63"/>
     <w:rsid w:val="00AA3D3C"/>
     <w:rsid w:val="00AA40AA"/>
     <w:rsid w:val="00AA5660"/>
     <w:rsid w:val="00AA6269"/>
     <w:rsid w:val="00AA6C8D"/>
     <w:rsid w:val="00AA77F7"/>
+    <w:rsid w:val="00AA7C11"/>
     <w:rsid w:val="00AB223C"/>
     <w:rsid w:val="00AB37EC"/>
+    <w:rsid w:val="00AB4176"/>
     <w:rsid w:val="00AB6722"/>
     <w:rsid w:val="00AB701F"/>
     <w:rsid w:val="00AC3CF9"/>
-    <w:rsid w:val="00AC4015"/>
-    <w:rsid w:val="00AC4677"/>
     <w:rsid w:val="00AC5208"/>
-    <w:rsid w:val="00AC5FD9"/>
     <w:rsid w:val="00AC71C7"/>
     <w:rsid w:val="00AD0C7D"/>
     <w:rsid w:val="00AD3A14"/>
     <w:rsid w:val="00AD7437"/>
     <w:rsid w:val="00AE1289"/>
     <w:rsid w:val="00AE3718"/>
     <w:rsid w:val="00AE4C4B"/>
     <w:rsid w:val="00AE7F76"/>
     <w:rsid w:val="00AF22D4"/>
     <w:rsid w:val="00AF2535"/>
     <w:rsid w:val="00AF4D77"/>
     <w:rsid w:val="00AF569D"/>
     <w:rsid w:val="00AF72E6"/>
-    <w:rsid w:val="00B00689"/>
     <w:rsid w:val="00B037DE"/>
     <w:rsid w:val="00B0507F"/>
-    <w:rsid w:val="00B071E0"/>
     <w:rsid w:val="00B106E5"/>
     <w:rsid w:val="00B10AC3"/>
     <w:rsid w:val="00B12C29"/>
     <w:rsid w:val="00B12CBF"/>
     <w:rsid w:val="00B171DB"/>
     <w:rsid w:val="00B21030"/>
     <w:rsid w:val="00B229E7"/>
     <w:rsid w:val="00B27E23"/>
     <w:rsid w:val="00B30BFD"/>
     <w:rsid w:val="00B31347"/>
+    <w:rsid w:val="00B31890"/>
     <w:rsid w:val="00B31A56"/>
     <w:rsid w:val="00B37A50"/>
-    <w:rsid w:val="00B4165D"/>
     <w:rsid w:val="00B43BF1"/>
     <w:rsid w:val="00B4481D"/>
     <w:rsid w:val="00B46A7F"/>
     <w:rsid w:val="00B50652"/>
     <w:rsid w:val="00B50EA6"/>
     <w:rsid w:val="00B51A2C"/>
-    <w:rsid w:val="00B53709"/>
     <w:rsid w:val="00B53D05"/>
     <w:rsid w:val="00B54BC0"/>
     <w:rsid w:val="00B55FDD"/>
     <w:rsid w:val="00B5612E"/>
     <w:rsid w:val="00B61E46"/>
     <w:rsid w:val="00B65A8C"/>
     <w:rsid w:val="00B676BB"/>
     <w:rsid w:val="00B67F15"/>
     <w:rsid w:val="00B710D6"/>
     <w:rsid w:val="00B7207F"/>
     <w:rsid w:val="00B73C33"/>
-    <w:rsid w:val="00B76AA7"/>
     <w:rsid w:val="00B77316"/>
     <w:rsid w:val="00B80383"/>
     <w:rsid w:val="00B8084F"/>
     <w:rsid w:val="00B82C28"/>
     <w:rsid w:val="00B82D89"/>
     <w:rsid w:val="00B866A5"/>
     <w:rsid w:val="00B920AA"/>
     <w:rsid w:val="00B950E8"/>
     <w:rsid w:val="00B95457"/>
-    <w:rsid w:val="00B958AB"/>
     <w:rsid w:val="00B964DA"/>
     <w:rsid w:val="00B965E9"/>
     <w:rsid w:val="00BA05C0"/>
     <w:rsid w:val="00BA0FE5"/>
     <w:rsid w:val="00BA2204"/>
     <w:rsid w:val="00BA4782"/>
     <w:rsid w:val="00BA7EB4"/>
     <w:rsid w:val="00BA7FFA"/>
     <w:rsid w:val="00BB75AC"/>
     <w:rsid w:val="00BC02E9"/>
     <w:rsid w:val="00BC3F9C"/>
     <w:rsid w:val="00BC51A2"/>
     <w:rsid w:val="00BC6028"/>
     <w:rsid w:val="00BD0383"/>
     <w:rsid w:val="00BD052F"/>
     <w:rsid w:val="00BD0EF2"/>
     <w:rsid w:val="00BD1DCD"/>
     <w:rsid w:val="00BD4A14"/>
     <w:rsid w:val="00BD6E61"/>
     <w:rsid w:val="00BE1E5F"/>
     <w:rsid w:val="00BE2B13"/>
     <w:rsid w:val="00BE2EA9"/>
     <w:rsid w:val="00BE6BA7"/>
     <w:rsid w:val="00BE7046"/>
     <w:rsid w:val="00BF0BDE"/>
     <w:rsid w:val="00BF1AF7"/>
     <w:rsid w:val="00BF57B6"/>
-    <w:rsid w:val="00BF6E10"/>
     <w:rsid w:val="00BF6EDD"/>
     <w:rsid w:val="00C00B07"/>
-    <w:rsid w:val="00C11BD1"/>
+    <w:rsid w:val="00C027F5"/>
     <w:rsid w:val="00C138FD"/>
     <w:rsid w:val="00C1444D"/>
     <w:rsid w:val="00C179E2"/>
     <w:rsid w:val="00C21FDB"/>
     <w:rsid w:val="00C22E57"/>
     <w:rsid w:val="00C250CB"/>
     <w:rsid w:val="00C25956"/>
     <w:rsid w:val="00C25978"/>
     <w:rsid w:val="00C30427"/>
     <w:rsid w:val="00C3256E"/>
-    <w:rsid w:val="00C32E57"/>
     <w:rsid w:val="00C33D81"/>
     <w:rsid w:val="00C4191C"/>
     <w:rsid w:val="00C42DC7"/>
     <w:rsid w:val="00C431DD"/>
     <w:rsid w:val="00C45CB8"/>
     <w:rsid w:val="00C4706A"/>
     <w:rsid w:val="00C47668"/>
     <w:rsid w:val="00C52762"/>
     <w:rsid w:val="00C5335B"/>
     <w:rsid w:val="00C53FDD"/>
     <w:rsid w:val="00C64148"/>
     <w:rsid w:val="00C74C9C"/>
     <w:rsid w:val="00C76E2D"/>
     <w:rsid w:val="00C7701F"/>
     <w:rsid w:val="00C84069"/>
     <w:rsid w:val="00C8425F"/>
     <w:rsid w:val="00C8693F"/>
     <w:rsid w:val="00C87AF0"/>
     <w:rsid w:val="00C87EBC"/>
     <w:rsid w:val="00C87F92"/>
-    <w:rsid w:val="00C902C3"/>
     <w:rsid w:val="00C926FA"/>
     <w:rsid w:val="00CA61D8"/>
     <w:rsid w:val="00CB007D"/>
     <w:rsid w:val="00CB0CB4"/>
     <w:rsid w:val="00CB2EC3"/>
     <w:rsid w:val="00CB5345"/>
     <w:rsid w:val="00CB5BCD"/>
     <w:rsid w:val="00CB7B8E"/>
     <w:rsid w:val="00CC077B"/>
     <w:rsid w:val="00CC1927"/>
     <w:rsid w:val="00CC3E75"/>
     <w:rsid w:val="00CC3F4B"/>
     <w:rsid w:val="00CC44E8"/>
     <w:rsid w:val="00CC5092"/>
     <w:rsid w:val="00CC53E5"/>
     <w:rsid w:val="00CC58C1"/>
     <w:rsid w:val="00CC65B3"/>
     <w:rsid w:val="00CC675D"/>
     <w:rsid w:val="00CC7291"/>
     <w:rsid w:val="00CD1306"/>
     <w:rsid w:val="00CD43C6"/>
     <w:rsid w:val="00CD449C"/>
     <w:rsid w:val="00CD5EAE"/>
     <w:rsid w:val="00CD6F7B"/>
     <w:rsid w:val="00CE11D8"/>
     <w:rsid w:val="00CE194F"/>
     <w:rsid w:val="00CE2ACF"/>
     <w:rsid w:val="00CE33FB"/>
     <w:rsid w:val="00CE4383"/>
-    <w:rsid w:val="00CE5070"/>
     <w:rsid w:val="00CE570A"/>
     <w:rsid w:val="00CF02DC"/>
     <w:rsid w:val="00CF3263"/>
-    <w:rsid w:val="00CF659F"/>
-    <w:rsid w:val="00CF6954"/>
     <w:rsid w:val="00CF797B"/>
-    <w:rsid w:val="00D00AA2"/>
     <w:rsid w:val="00D019B2"/>
     <w:rsid w:val="00D02740"/>
     <w:rsid w:val="00D03A3A"/>
-    <w:rsid w:val="00D06432"/>
     <w:rsid w:val="00D0760A"/>
     <w:rsid w:val="00D100D8"/>
     <w:rsid w:val="00D10B47"/>
     <w:rsid w:val="00D110DF"/>
     <w:rsid w:val="00D11D7B"/>
     <w:rsid w:val="00D142EB"/>
     <w:rsid w:val="00D1462B"/>
     <w:rsid w:val="00D16E65"/>
     <w:rsid w:val="00D17182"/>
     <w:rsid w:val="00D17EF0"/>
-    <w:rsid w:val="00D21729"/>
     <w:rsid w:val="00D21BC6"/>
     <w:rsid w:val="00D22B04"/>
     <w:rsid w:val="00D2528D"/>
     <w:rsid w:val="00D264E7"/>
     <w:rsid w:val="00D273FF"/>
     <w:rsid w:val="00D30E21"/>
     <w:rsid w:val="00D32340"/>
+    <w:rsid w:val="00D334E3"/>
     <w:rsid w:val="00D33D8D"/>
     <w:rsid w:val="00D36D55"/>
     <w:rsid w:val="00D37B17"/>
     <w:rsid w:val="00D45600"/>
     <w:rsid w:val="00D4586B"/>
     <w:rsid w:val="00D45B01"/>
     <w:rsid w:val="00D4710C"/>
     <w:rsid w:val="00D47FA6"/>
     <w:rsid w:val="00D50302"/>
     <w:rsid w:val="00D52067"/>
     <w:rsid w:val="00D57108"/>
     <w:rsid w:val="00D60BD5"/>
     <w:rsid w:val="00D6136A"/>
     <w:rsid w:val="00D62B15"/>
     <w:rsid w:val="00D64015"/>
     <w:rsid w:val="00D65011"/>
     <w:rsid w:val="00D65A3E"/>
-    <w:rsid w:val="00D67DB0"/>
     <w:rsid w:val="00D70C08"/>
     <w:rsid w:val="00D72154"/>
     <w:rsid w:val="00D725DA"/>
     <w:rsid w:val="00D72792"/>
-    <w:rsid w:val="00D75CED"/>
     <w:rsid w:val="00D76997"/>
     <w:rsid w:val="00D80745"/>
     <w:rsid w:val="00D8291E"/>
     <w:rsid w:val="00D849B3"/>
     <w:rsid w:val="00D85F96"/>
     <w:rsid w:val="00D9255E"/>
     <w:rsid w:val="00D92FB9"/>
     <w:rsid w:val="00D938EE"/>
     <w:rsid w:val="00D96573"/>
-    <w:rsid w:val="00DA2C10"/>
     <w:rsid w:val="00DA2F24"/>
     <w:rsid w:val="00DA361B"/>
     <w:rsid w:val="00DA3635"/>
     <w:rsid w:val="00DB0276"/>
     <w:rsid w:val="00DB0464"/>
     <w:rsid w:val="00DB2B15"/>
     <w:rsid w:val="00DC0818"/>
     <w:rsid w:val="00DC5B20"/>
     <w:rsid w:val="00DC617B"/>
     <w:rsid w:val="00DD022C"/>
     <w:rsid w:val="00DD081F"/>
     <w:rsid w:val="00DD0877"/>
     <w:rsid w:val="00DD0B52"/>
     <w:rsid w:val="00DD4B68"/>
     <w:rsid w:val="00DD7811"/>
     <w:rsid w:val="00DE6FC4"/>
     <w:rsid w:val="00DF2038"/>
-    <w:rsid w:val="00DF2C88"/>
     <w:rsid w:val="00E00401"/>
     <w:rsid w:val="00E00D63"/>
-    <w:rsid w:val="00E02902"/>
     <w:rsid w:val="00E0335D"/>
     <w:rsid w:val="00E049EB"/>
     <w:rsid w:val="00E060CC"/>
-    <w:rsid w:val="00E117CA"/>
     <w:rsid w:val="00E11955"/>
     <w:rsid w:val="00E13BE9"/>
     <w:rsid w:val="00E148AA"/>
     <w:rsid w:val="00E14D60"/>
     <w:rsid w:val="00E163DB"/>
     <w:rsid w:val="00E20ECA"/>
     <w:rsid w:val="00E2228A"/>
     <w:rsid w:val="00E2258D"/>
     <w:rsid w:val="00E241CB"/>
-    <w:rsid w:val="00E25501"/>
     <w:rsid w:val="00E25914"/>
     <w:rsid w:val="00E273C4"/>
-    <w:rsid w:val="00E27C26"/>
+    <w:rsid w:val="00E27AB4"/>
     <w:rsid w:val="00E329AE"/>
     <w:rsid w:val="00E341CB"/>
     <w:rsid w:val="00E37167"/>
     <w:rsid w:val="00E37731"/>
     <w:rsid w:val="00E42B2C"/>
     <w:rsid w:val="00E45872"/>
     <w:rsid w:val="00E459AB"/>
     <w:rsid w:val="00E478E0"/>
     <w:rsid w:val="00E50E63"/>
     <w:rsid w:val="00E515A4"/>
     <w:rsid w:val="00E51618"/>
     <w:rsid w:val="00E51ACE"/>
     <w:rsid w:val="00E532CA"/>
     <w:rsid w:val="00E555CA"/>
     <w:rsid w:val="00E568DC"/>
     <w:rsid w:val="00E63CC4"/>
-    <w:rsid w:val="00E668F0"/>
     <w:rsid w:val="00E66B53"/>
     <w:rsid w:val="00E72C09"/>
     <w:rsid w:val="00E7769D"/>
     <w:rsid w:val="00E81930"/>
-    <w:rsid w:val="00E8460F"/>
     <w:rsid w:val="00E84736"/>
     <w:rsid w:val="00E85C9A"/>
     <w:rsid w:val="00E85F5D"/>
     <w:rsid w:val="00E91B62"/>
     <w:rsid w:val="00E92230"/>
     <w:rsid w:val="00E92520"/>
     <w:rsid w:val="00E92EB1"/>
     <w:rsid w:val="00E945D3"/>
     <w:rsid w:val="00E946EC"/>
     <w:rsid w:val="00E957D6"/>
+    <w:rsid w:val="00E95D5B"/>
     <w:rsid w:val="00E95FDB"/>
     <w:rsid w:val="00EA0EBE"/>
     <w:rsid w:val="00EA1A42"/>
     <w:rsid w:val="00EA1C88"/>
     <w:rsid w:val="00EA51B7"/>
     <w:rsid w:val="00EA63F4"/>
-    <w:rsid w:val="00EA74EC"/>
     <w:rsid w:val="00EA7550"/>
     <w:rsid w:val="00EA755B"/>
     <w:rsid w:val="00EA7753"/>
     <w:rsid w:val="00EB0516"/>
     <w:rsid w:val="00EB3BD0"/>
     <w:rsid w:val="00EB3FAA"/>
     <w:rsid w:val="00EB53BC"/>
     <w:rsid w:val="00EB589E"/>
     <w:rsid w:val="00EB6086"/>
     <w:rsid w:val="00EC00C6"/>
     <w:rsid w:val="00EC14BE"/>
-    <w:rsid w:val="00EC3721"/>
     <w:rsid w:val="00EC42F1"/>
     <w:rsid w:val="00EC4401"/>
     <w:rsid w:val="00EC45C1"/>
-    <w:rsid w:val="00EC4967"/>
     <w:rsid w:val="00EC5495"/>
     <w:rsid w:val="00EC5DB3"/>
     <w:rsid w:val="00EC6323"/>
     <w:rsid w:val="00ED0877"/>
     <w:rsid w:val="00ED180D"/>
-    <w:rsid w:val="00ED24E9"/>
     <w:rsid w:val="00ED2881"/>
     <w:rsid w:val="00ED2B36"/>
     <w:rsid w:val="00ED7C85"/>
+    <w:rsid w:val="00EE185F"/>
     <w:rsid w:val="00EE1F67"/>
     <w:rsid w:val="00EE31A6"/>
-    <w:rsid w:val="00EE3B1F"/>
-    <w:rsid w:val="00EE3CD1"/>
     <w:rsid w:val="00EE3D63"/>
     <w:rsid w:val="00EE65D1"/>
     <w:rsid w:val="00EF310F"/>
     <w:rsid w:val="00EF48E2"/>
     <w:rsid w:val="00F018CE"/>
     <w:rsid w:val="00F02739"/>
     <w:rsid w:val="00F02CDF"/>
     <w:rsid w:val="00F04192"/>
     <w:rsid w:val="00F04BBF"/>
     <w:rsid w:val="00F04F7E"/>
     <w:rsid w:val="00F05BD1"/>
-    <w:rsid w:val="00F10A59"/>
     <w:rsid w:val="00F12804"/>
     <w:rsid w:val="00F12D19"/>
     <w:rsid w:val="00F14279"/>
     <w:rsid w:val="00F23C1F"/>
     <w:rsid w:val="00F23FA1"/>
     <w:rsid w:val="00F26F30"/>
     <w:rsid w:val="00F2795C"/>
     <w:rsid w:val="00F3016A"/>
-    <w:rsid w:val="00F32BBB"/>
     <w:rsid w:val="00F3302A"/>
     <w:rsid w:val="00F34D36"/>
-    <w:rsid w:val="00F40189"/>
+    <w:rsid w:val="00F37D70"/>
     <w:rsid w:val="00F41FF9"/>
     <w:rsid w:val="00F43066"/>
     <w:rsid w:val="00F45014"/>
     <w:rsid w:val="00F456BD"/>
     <w:rsid w:val="00F45FD1"/>
     <w:rsid w:val="00F5170D"/>
-    <w:rsid w:val="00F53780"/>
     <w:rsid w:val="00F62D4F"/>
     <w:rsid w:val="00F633A9"/>
     <w:rsid w:val="00F6350D"/>
-    <w:rsid w:val="00F65210"/>
     <w:rsid w:val="00F656AE"/>
     <w:rsid w:val="00F65DFB"/>
     <w:rsid w:val="00F6680E"/>
     <w:rsid w:val="00F70F1C"/>
     <w:rsid w:val="00F729A3"/>
     <w:rsid w:val="00F73F0B"/>
     <w:rsid w:val="00F83384"/>
-    <w:rsid w:val="00F847BD"/>
     <w:rsid w:val="00F853F3"/>
     <w:rsid w:val="00F85FC3"/>
     <w:rsid w:val="00F866FE"/>
     <w:rsid w:val="00F86977"/>
     <w:rsid w:val="00F8698F"/>
     <w:rsid w:val="00F870E1"/>
     <w:rsid w:val="00F87667"/>
     <w:rsid w:val="00F87AF0"/>
     <w:rsid w:val="00F90406"/>
     <w:rsid w:val="00F9346E"/>
     <w:rsid w:val="00F93D7E"/>
     <w:rsid w:val="00F94C02"/>
     <w:rsid w:val="00F94D9C"/>
     <w:rsid w:val="00F951A3"/>
     <w:rsid w:val="00F953C2"/>
     <w:rsid w:val="00F96CB5"/>
     <w:rsid w:val="00FA00F6"/>
     <w:rsid w:val="00FA26AE"/>
     <w:rsid w:val="00FB0F7C"/>
     <w:rsid w:val="00FB133D"/>
     <w:rsid w:val="00FB1535"/>
     <w:rsid w:val="00FB2D5E"/>
     <w:rsid w:val="00FB2E2C"/>
     <w:rsid w:val="00FB34AC"/>
     <w:rsid w:val="00FB4040"/>
     <w:rsid w:val="00FB54AB"/>
     <w:rsid w:val="00FB7333"/>
     <w:rsid w:val="00FC05D9"/>
     <w:rsid w:val="00FC0F0F"/>
     <w:rsid w:val="00FC34E3"/>
     <w:rsid w:val="00FC4051"/>
     <w:rsid w:val="00FC475C"/>
     <w:rsid w:val="00FC7204"/>
     <w:rsid w:val="00FD2450"/>
     <w:rsid w:val="00FD3CCB"/>
     <w:rsid w:val="00FD53B8"/>
     <w:rsid w:val="00FE01A7"/>
     <w:rsid w:val="00FE2BDE"/>
     <w:rsid w:val="00FE2D05"/>
     <w:rsid w:val="00FE320F"/>
     <w:rsid w:val="00FE398E"/>
     <w:rsid w:val="00FE6C1E"/>
-    <w:rsid w:val="00FF3916"/>
     <w:rsid w:val="00FF6281"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="076F672C"/>
-[...2 lines deleted...]
-  <w15:docId w15:val="{A094E993-25A6-40E0-A0D0-F464BF9DAD0A}"/>
+  <w14:docId w14:val="2A5721D2"/>
+  <w15:docId w15:val="{AD92D6E4-D71B-4288-9CF6-7310FF75F35A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16206,88 +27509,88 @@
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16315,51 +27618,51 @@
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -16516,101 +27819,102 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0061788C"/>
+    <w:rsid w:val="005B6494"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Monospac821 BT" w:hAnsi="Monospac821 BT"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00EB0516"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005A40DB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -16733,128 +28037,126 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EB0516"/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00AE3718"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:lang w:val="en-GB" w:eastAsia="x-none"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00EB0516"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="000000" w:fill="FFFFFF"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
-    <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="1"/>
     <w:rsid w:val="00900959"/>
     <w:rPr>
       <w:rFonts w:ascii="Monospac821 BT" w:hAnsi="Monospac821 BT"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EB0516"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EB0516"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EB0516"/>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00EB0516"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00900959"/>
     <w:rPr>
       <w:rFonts w:ascii="Monospac821 BT" w:hAnsi="Monospac821 BT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText2Char"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EB0516"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:shd w:val="pct25" w:color="000000" w:fill="FFFFFF"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
@@ -17069,127 +28371,131 @@
     <w:rsid w:val="007565A2"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ART">
     <w:name w:val="ART"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00B76AA7"/>
+    <w:rsid w:val="00E341CB"/>
     <w:pPr>
+      <w:keepNext/>
       <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="864"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR1">
     <w:name w:val="PR1"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00DF2C88"/>
+    <w:rsid w:val="007E233C"/>
     <w:pPr>
-      <w:keepLines/>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1170"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="120"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR2">
     <w:name w:val="PR2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PR2Char"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00D06432"/>
+    <w:rsid w:val="007E233C"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1440"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
+      <w:spacing w:before="120"/>
       <w:ind w:left="1454" w:hanging="547"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Avenir LT Std 45 Book" w:hAnsi="Avenir LT Std 45 Book" w:cs="Avenir LT Std 45 Book"/>
-      <w:color w:val="221E1F"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR3">
     <w:name w:val="PR3"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="006323B5"/>
+    <w:rsid w:val="007A53E3"/>
     <w:pPr>
+      <w:keepNext/>
       <w:keepLines/>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2016"/>
         <w:tab w:val="left" w:pos="2106"/>
         <w:tab w:val="left" w:pos="2826"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PR4">
     <w:name w:val="PR4"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
@@ -17217,51 +28523,51 @@
     <w:name w:val="PR5"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="007565A2"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3978"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00B31A56"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyTextIndent31">
     <w:name w:val="Body Text Indent 31"/>
     <w:rsid w:val="00D16E65"/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:rsid w:val="00BA7FFA"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
@@ -17367,55 +28673,53 @@
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F9346E"/>
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
       <w:ind w:left="2160" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NUM">
     <w:name w:val="NUM"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="002423EA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PR2Char">
     <w:name w:val="PR2 Char"/>
     <w:link w:val="PR2"/>
-    <w:rsid w:val="00D06432"/>
+    <w:rsid w:val="007E233C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Avenir LT Std 45 Book" w:hAnsi="Avenir LT Std 45 Book" w:cs="Avenir LT Std 45 Book"/>
-[...1 lines deleted...]
-      <w:szCs w:val="14"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RJUST">
     <w:name w:val="RJUST"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="002423EA"/>
     <w:pPr>
       <w:widowControl/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SAhyperlink">
     <w:name w:val="SAhyperlink"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="002423EA"/>
     <w:rPr>
       <w:color w:val="E36C0A"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SCT">
@@ -17681,105 +28985,106 @@
     <w:pPr>
       <w:widowControl/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="B30838"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TIPChar">
     <w:name w:val="TIP Char"/>
     <w:link w:val="TIP"/>
     <w:rsid w:val="002423EA"/>
     <w:rPr>
       <w:color w:val="B30838"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa3">
-[...4 lines deleted...]
-    <w:rsid w:val="0012214C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E233C"/>
     <w:pPr>
-      <w:spacing w:line="241" w:lineRule="atLeast"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Avenir LT Std 45 Book" w:hAnsi="Avenir LT Std 45 Book" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-      <w:szCs w:val="14"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E117CA"/>
+    <w:rsid w:val="007E233C"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E117CA"/>
+    <w:rsid w:val="007E233C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Monospac821 BT" w:hAnsi="Monospac821 BT"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1404913048">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1404913049">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -18127,97 +29432,721 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2063676345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vaproshield.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vaproshield.com/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vaproshield.com/installation/instructions" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vaproshield.com/installation/instructions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vaproshield.com/public-documents/installation-" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="40DF987EC06CE346B6D230F81BC2AF4B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{54EAA689-DDAB-C44B-AEC1-F24944A26314}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="002A53AE" w:rsidRDefault="003F041B" w:rsidP="003F041B">
+          <w:pPr>
+            <w:pStyle w:val="40DF987EC06CE346B6D230F81BC2AF4B"/>
+          </w:pPr>
+          <w:r>
+            <w:t>[Type here]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Monospac821 BT">
+    <w:altName w:val="Consolas"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Comic Sans MS">
+    <w:panose1 w:val="030F0702030302020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Univers-Light">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:revisionView w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="003F041B"/>
+    <w:rsid w:val="000628E2"/>
+    <w:rsid w:val="000B78E0"/>
+    <w:rsid w:val="000E6281"/>
+    <w:rsid w:val="001656D7"/>
+    <w:rsid w:val="0022775E"/>
+    <w:rsid w:val="002A53AE"/>
+    <w:rsid w:val="002F1F24"/>
+    <w:rsid w:val="0032467C"/>
+    <w:rsid w:val="00325CC6"/>
+    <w:rsid w:val="003C5A44"/>
+    <w:rsid w:val="003F041B"/>
+    <w:rsid w:val="004F1A4C"/>
+    <w:rsid w:val="005160C4"/>
+    <w:rsid w:val="0052791E"/>
+    <w:rsid w:val="005E19EE"/>
+    <w:rsid w:val="00666F18"/>
+    <w:rsid w:val="00671124"/>
+    <w:rsid w:val="006A60E3"/>
+    <w:rsid w:val="006E59C8"/>
+    <w:rsid w:val="00703181"/>
+    <w:rsid w:val="0079060F"/>
+    <w:rsid w:val="007918C4"/>
+    <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007E0B73"/>
+    <w:rsid w:val="008A269C"/>
+    <w:rsid w:val="0092162A"/>
+    <w:rsid w:val="009B1D55"/>
+    <w:rsid w:val="00A971B4"/>
+    <w:rsid w:val="00AA442C"/>
+    <w:rsid w:val="00C027F5"/>
+    <w:rsid w:val="00C56674"/>
+    <w:rsid w:val="00DD3E88"/>
+    <w:rsid w:val="00DF6F90"/>
+    <w:rsid w:val="00E27F0C"/>
+    <w:rsid w:val="00E665F9"/>
+    <w:rsid w:val="00F02135"/>
+    <w:rsid w:val="00F175BB"/>
+    <w:rsid w:val="00FE27FF"/>
+    <w:rsid w:val="00FF3EE9"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C5A44"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40DF987EC06CE346B6D230F81BC2AF4B">
+    <w:name w:val="40DF987EC06CE346B6D230F81BC2AF4B"/>
+    <w:rsid w:val="003F041B"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -18225,51 +30154,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -18434,122 +30363,125 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FD11CFC-3928-4F97-9D95-CE4E35391241}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DE7133A-9775-4E98-9A5D-A54C40A8442F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>24810</Characters>
+  <Pages>13</Pages>
+  <Words>5026</Words>
+  <Characters>28652</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>206</Lines>
-  <Paragraphs>58</Paragraphs>
+  <Lines>238</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29091</CharactersWithSpaces>
+  <CharactersWithSpaces>33611</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>2424948</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.vaproshield.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424948</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.vaproshield.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Scott D. Wood</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>d199c026-87d7-459c-b45b-ecf3e9bd8e80</vt:lpwstr>
+  </property>
+</Properties>
+</file>